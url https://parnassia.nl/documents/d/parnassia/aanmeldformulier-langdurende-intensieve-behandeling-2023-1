--- v0 (2025-10-13)
+++ v1 (2026-03-01)
@@ -1,7856 +1,10362 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
+  <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1209F6D8" w14:textId="77777777" w:rsidR="006F06EF" w:rsidRDefault="003E36C9" w:rsidP="00D07385">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="251DF9A6" w14:textId="77777777" w:rsidR="00FE01CA" w:rsidRPr="00FE01CA" w:rsidRDefault="00FE01CA" w:rsidP="00FE01CA">
+      <w:pPr>
+        <w:pStyle w:val="Titel"/>
+        <w:rPr>
           <w:b/>
-        </w:rPr>
-[...60 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE01CA">
+        <w:rPr>
           <w:b/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aanmeldformulier </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1764BF47" w14:textId="775CC6B8" w:rsidR="00FE01CA" w:rsidRPr="007C278C" w:rsidRDefault="00FE01CA" w:rsidP="007C278C">
+      <w:pPr>
+        <w:pStyle w:val="Titel"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00FE01CA">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-          <w:b/>
+        <w:t>Langdurige Intensieve Behandeling</w:t>
+      </w:r>
+      <w:r w:rsidR="007C278C">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...64 lines deleted...]
-      </w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4535"/>
+        <w:gridCol w:w="4527"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FE01CA" w14:paraId="687FCF7B" w14:textId="77777777" w:rsidTr="007C278C">
+        <w:trPr>
+          <w:trHeight w:val="358"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4606" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="155DCF1B" w14:textId="2566BE17" w:rsidR="00587F1B" w:rsidRDefault="00FE01CA" w:rsidP="00D9155B">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Datum aanmelding</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1061562973"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:date>
+              <w:dateFormat w:val="d-M-yyyy"/>
+              <w:lid w:val="nl-NL"/>
+              <w:storeMappedDataAs w:val="dateTime"/>
+              <w:calendar w:val="gregorian"/>
+            </w:date>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="4606" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4ADF02EB" w14:textId="0FBB3B49" w:rsidR="000C566E" w:rsidRDefault="007C278C" w:rsidP="00D9155B">
+                <w:pPr>
+                  <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+                </w:pPr>
+                <w:r w:rsidRPr="004508BC">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om een datum in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1EFBAB21" w14:textId="1E0C8A0F" w:rsidR="00FE01CA" w:rsidRDefault="00FE01CA" w:rsidP="00FE01CA">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48084912" w14:textId="78CCF10B" w:rsidR="00FE01CA" w:rsidRDefault="00FE01CA" w:rsidP="00FE01CA">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Voor welke afdeling meldt u patiënt aan?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C6F2EE" w14:textId="77777777" w:rsidR="00FE01CA" w:rsidRDefault="00FE01CA" w:rsidP="00FE01CA">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59BE8DB5" w14:textId="11C6312F" w:rsidR="00FE01CA" w:rsidRDefault="00466288" w:rsidP="00B840F2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...1031 lines deleted...]
-          <w:id w:val="-1255972417"/>
+          <w:id w:val="-1978144796"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00922A07">
+          <w:r w:rsidR="00EF5958">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
-              <w:szCs w:val="20"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00922A07" w:rsidRPr="006524B1">
-[...16 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00FE01CA">
+        <w:tab/>
+        <w:t xml:space="preserve">Langdurige Intensieve Behandeling </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE01CA" w:rsidRPr="00FE01CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>gesloten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4227A91E" w14:textId="20BAC279" w:rsidR="00FE01CA" w:rsidRDefault="00466288" w:rsidP="00B840F2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...3 lines deleted...]
-          <w:id w:val="679007307"/>
+          <w:id w:val="522368446"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00922A07">
+          <w:r w:rsidR="00FE01CA">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
-              <w:szCs w:val="20"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00922A07" w:rsidRPr="006524B1">
-[...14 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00FE01CA">
+        <w:tab/>
+        <w:t xml:space="preserve">Langdurige Intensieve Behandeling </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE01CA" w:rsidRPr="00FE01CA">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="20"/>
-[...13 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>open</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2368B4A9" w14:textId="3D407AC1" w:rsidR="00FE01CA" w:rsidRDefault="00466288" w:rsidP="00B840F2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...85 lines deleted...]
-          <w:id w:val="1492830568"/>
+          <w:id w:val="-346252498"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005E5AF6">
+          <w:r w:rsidR="00EF5958">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
-              <w:szCs w:val="20"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="005E5AF6" w:rsidRPr="006524B1">
-[...14 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00FE01CA">
+        <w:tab/>
+        <w:t xml:space="preserve">Langdurige Intensieve Behandeling </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE01CA" w:rsidRPr="00FE01CA">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>HAT</w:t>
+      </w:r>
+      <w:r w:rsidR="007C278C">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C96C2A" w14:textId="77777777" w:rsidR="004479AC" w:rsidRDefault="004479AC" w:rsidP="00FE01CA">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="276C5AA4" w14:textId="6B12E607" w:rsidR="004479AC" w:rsidRDefault="004479AC" w:rsidP="00C06DC8">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is cliënt op dit moment in zorg bij Parnassia Groep? </w:t>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...103 lines deleted...]
-          <w:id w:val="1880820673"/>
+          <w:id w:val="-1758195852"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00080F03">
+          <w:r w:rsidRPr="004479AC">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
-              <w:szCs w:val="20"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00080F03">
-[...179 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="004479AC">
+        <w:t xml:space="preserve"> Ja  </w:t>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...3 lines deleted...]
-          <w:id w:val="1403561561"/>
+          <w:id w:val="-245961263"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000E65E6">
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
-              <w:szCs w:val="20"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="000E65E6" w:rsidRPr="006524B1">
-[...14 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="004479AC">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C395C7A" w14:textId="14D09950" w:rsidR="00FE01CA" w:rsidRDefault="004479AC" w:rsidP="00C06DC8">
+      <w:r>
+        <w:t xml:space="preserve">Zo ja: punt 13 aanvullende documenten hoeven niet aangeleverd te worden. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3489FC0C" w14:textId="619BDC59" w:rsidR="000C566E" w:rsidRPr="008E67DA" w:rsidRDefault="000C566E" w:rsidP="36E8EB70">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="20"/>
-        </w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk211325000"/>
+      <w:r w:rsidRPr="008E67DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Persoonsgegevens</w:t>
+      </w:r>
+      <w:r w:rsidR="007C278C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblW w:w="9310" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2180"/>
+        <w:gridCol w:w="2485"/>
+        <w:gridCol w:w="1737"/>
+        <w:gridCol w:w="2908"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000C566E" w14:paraId="5D7FC717" w14:textId="77777777" w:rsidTr="00B840F2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D05A2F" w14:textId="60DD52FC" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Roepnaam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="611408073"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2485" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0B208289" w14:textId="3BD919A2" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1737" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="793C83DA" w14:textId="5C29CCFE" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Achternaam en</w:t>
+            </w:r>
+            <w:r w:rsidR="0080084E" w:rsidRPr="00B840F2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>voorletter (s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1282108634"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2908" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="219B4A58" w14:textId="38BF7A5B" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="000C566E" w14:paraId="1FEB377D" w14:textId="77777777" w:rsidTr="00B840F2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A05B53F" w14:textId="235B3FFA" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Geboortedatum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1286467396"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2485" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="1806D6FB" w14:textId="3C0F2B09" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1737" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="59720B49" w14:textId="1032DE90" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Geslacht</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1448505908"/>
+            <w:placeholder>
+              <w:docPart w:val="AE58CD09E99C4A7094B683D04189E660"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:dropDownList>
+              <w:listItem w:value="Kies een item."/>
+              <w:listItem w:displayText="Man" w:value="Man"/>
+              <w:listItem w:displayText="Vrouw" w:value="Vrouw"/>
+              <w:listItem w:displayText="Anders" w:value="Anders"/>
+            </w:dropDownList>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2908" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0727E0E4" w14:textId="488EE88C" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Kies een item.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="000C566E" w14:paraId="169022BB" w14:textId="77777777" w:rsidTr="00B840F2">
+        <w:trPr>
+          <w:trHeight w:val="587"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DBC73C7" w14:textId="65882AFE" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t xml:space="preserve">Geboorteplaats </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF15D0" w:rsidRPr="00B840F2">
+              <w:t>en -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>land</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-27949951"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2485" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="61B26A10" w14:textId="5C7C9C8E" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1737" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="149BE0AD" w14:textId="6CBE47AC" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Burgerlijke staat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1598981564"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:dropDownList>
+              <w:listItem w:value="Kies een item."/>
+              <w:listItem w:displayText="Ongehuwd" w:value="Ongehuwd"/>
+              <w:listItem w:displayText="Gehuwd" w:value="Gehuwd"/>
+              <w:listItem w:displayText="Gescheiden" w:value="Gescheiden"/>
+              <w:listItem w:displayText="Partnerschap" w:value="Partnerschap"/>
+              <w:listItem w:displayText="Verweduwd" w:value="Verweduwd"/>
+            </w:dropDownList>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2908" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3B06FFCD" w14:textId="67E20B73" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Kies een item.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="000C566E" w14:paraId="11533F59" w14:textId="77777777" w:rsidTr="00B840F2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="32912FCF" w14:textId="2934FF74" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Straat en huisnummer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1159466182"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2485" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="06E3E3CE" w14:textId="32530CB3" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1737" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA713E0" w14:textId="6F508F9F" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Postcode</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1232971451"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2908" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="77B2617F" w14:textId="530303E4" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="000C566E" w14:paraId="2D2CF967" w14:textId="77777777" w:rsidTr="00B840F2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B1F6B3" w14:textId="55F81E29" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Woonplaats</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1116749301"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2485" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="635201CC" w14:textId="4B273614" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1737" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1BE7F8" w14:textId="5EB918A0" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Nationaliteit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1579477419"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2908" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="359EEE69" w14:textId="617AA749" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="000C566E" w14:paraId="43144C81" w14:textId="77777777" w:rsidTr="00B840F2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3168B44B" w14:textId="538475EE" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t xml:space="preserve">Identiteitsbewijs </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1321691773"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:dropDownList>
+              <w:listItem w:value="Kies een item."/>
+              <w:listItem w:displayText="Paspoort" w:value="Paspoort"/>
+              <w:listItem w:displayText="ID-kaart" w:value="ID-kaart"/>
+              <w:listItem w:displayText="Verblijfstitel" w:value="Verblijfstitel"/>
+            </w:dropDownList>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2485" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="18D96CDA" w14:textId="4FCFE7A3" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Kies een item.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1737" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6831A53C" w14:textId="4F575465" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Geldig tot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-797676347"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2908" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="539CD7EC" w14:textId="05A4FA87" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="000C566E" w14:paraId="6E5F2FD2" w14:textId="77777777" w:rsidTr="00B840F2">
+        <w:trPr>
+          <w:trHeight w:val="587"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC7CD8C" w14:textId="03244D1E" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Documentnummer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-505826646"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2485" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="18256827" w14:textId="45FC90EB" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1737" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E19500B" w14:textId="6FE2D243" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="000C566E" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>BSN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-357423113"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2908" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="5C20B8D2" w14:textId="37D078BC" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="000C566E" w14:paraId="76C8AED9" w14:textId="77777777" w:rsidTr="00B840F2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="54BA7BD5" w14:textId="2F3A6156" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Telefoonnummer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-884013791"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2485" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="112D6DA1" w14:textId="0F7AC84C" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1737" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D36566" w14:textId="64302743" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>E-mailadres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="235900665"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2908" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="46E5BE77" w14:textId="2639ECB1" w:rsidR="000C566E" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00406A69" w14:paraId="310E151C" w14:textId="77777777" w:rsidTr="00B840F2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F1B85C" w14:textId="57A398E2" w:rsidR="00406A69" w:rsidRPr="00B840F2" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Zorgverzekeraar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-108119348"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2485" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2F3A66F5" w14:textId="7354C562" w:rsidR="00406A69" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1737" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8C8E0E" w14:textId="3B141460" w:rsidR="00406A69" w:rsidRPr="00B840F2" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B840F2">
+              <w:t>Polisnummer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1316258559"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2908" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2132B31D" w14:textId="7EB749CF" w:rsidR="00406A69" w:rsidRPr="00B840F2" w:rsidRDefault="0039771F" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00B840F2">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+    </w:tbl>
+    <w:p w14:paraId="7B48E8DD" w14:textId="77777777" w:rsidR="000C566E" w:rsidRDefault="000C566E" w:rsidP="00FF15D0">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3340E2AB" w14:textId="6DB205F8" w:rsidR="00406A69" w:rsidRPr="00FF15D0" w:rsidRDefault="00406A69" w:rsidP="36E8EB70">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gegevens </w:t>
+      </w:r>
+      <w:r w:rsidR="004479AC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>verwijzers</w:t>
+      </w:r>
+      <w:r w:rsidR="007C278C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD31377" w14:textId="22A64316" w:rsidR="00406A69" w:rsidRPr="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="36E8EB70">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Gegevens</w:t>
+      </w:r>
+      <w:r w:rsidR="00406A69" w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> verwijze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblW w:w="9194" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2376"/>
+        <w:gridCol w:w="2221"/>
+        <w:gridCol w:w="2298"/>
+        <w:gridCol w:w="2299"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00406A69" w14:paraId="445EEF56" w14:textId="77777777" w:rsidTr="008E67DA">
+        <w:trPr>
+          <w:trHeight w:val="272"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE79AC2" w14:textId="1CB4BAA3" w:rsidR="00406A69" w:rsidRPr="008E67DA" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E67DA">
+              <w:t>Voor- en achternaam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1511143292"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2221" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="6F28C8BC" w14:textId="678D2460" w:rsidR="00406A69" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA9C059" w14:textId="12005490" w:rsidR="00406A69" w:rsidRPr="008E67DA" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E67DA">
+              <w:t>Naam organisatie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1874651949"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2299" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2D44C71D" w14:textId="3ED3265C" w:rsidR="00406A69" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00406A69" w14:paraId="3D7B06E3" w14:textId="77777777" w:rsidTr="008E67DA">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="09109D59" w14:textId="7A13DDCA" w:rsidR="00406A69" w:rsidRPr="008E67DA" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E67DA">
+              <w:t>Straat en huisnummer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1041438357"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2221" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="5D711069" w14:textId="0908CE0E" w:rsidR="00406A69" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="558F6502" w14:textId="52F2668C" w:rsidR="00406A69" w:rsidRPr="008E67DA" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E67DA">
+              <w:t>Postcode en woonplaats</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1545286477"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2299" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="7922E7E6" w14:textId="254FC8BB" w:rsidR="00406A69" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00406A69" w14:paraId="45CDD6D7" w14:textId="77777777" w:rsidTr="008E67DA">
+        <w:trPr>
+          <w:trHeight w:val="231"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C405A3" w14:textId="694139DC" w:rsidR="00406A69" w:rsidRPr="008E67DA" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E67DA">
+              <w:t>Emailadres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-991789472"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2221" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="02190986" w14:textId="3C469C6F" w:rsidR="00406A69" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="158EFBDA" w14:textId="53DC0479" w:rsidR="00406A69" w:rsidRPr="008E67DA" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E67DA">
+              <w:t>Telefoonnummer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="580654503"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2299" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="29608715" w14:textId="7B9A7AD3" w:rsidR="00406A69" w:rsidRDefault="00406A69" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="57CB0763" w14:textId="77777777" w:rsidR="00406A69" w:rsidRDefault="00406A69" w:rsidP="00FF15D0">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18650FCC" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="36E8EB70">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7655A7F5" w14:textId="781BC505" w:rsidR="00FF15D0" w:rsidRPr="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="36E8EB70">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk211325064"/>
+      <w:r w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Gegevens </w:t>
+      </w:r>
+      <w:r w:rsidR="004479AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">huidige </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>psychiater</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblW w:w="9194" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2376"/>
+        <w:gridCol w:w="2221"/>
+        <w:gridCol w:w="2298"/>
+        <w:gridCol w:w="2299"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF15D0" w14:paraId="565EE33D" w14:textId="77777777" w:rsidTr="008E67DA">
+        <w:trPr>
+          <w:trHeight w:val="272"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="682CD83A" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRPr="008E67DA" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E67DA">
+              <w:t>Voor- en achternaam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-406081554"/>
+            <w:placeholder>
+              <w:docPart w:val="ABC1283B0B264476B9D13B3B9F534970"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2221" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="1B701AF7" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C72CCE" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRPr="008E67DA" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E67DA">
+              <w:t>Naam organisatie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1305849463"/>
+            <w:placeholder>
+              <w:docPart w:val="ABC1283B0B264476B9D13B3B9F534970"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2299" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="120EA1B9" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00FF15D0" w14:paraId="787415CD" w14:textId="77777777" w:rsidTr="008E67DA">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="11407B5F" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRPr="008E67DA" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E67DA">
+              <w:t>Straat en huisnummer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1174382604"/>
+            <w:placeholder>
+              <w:docPart w:val="ABC1283B0B264476B9D13B3B9F534970"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2221" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="71C9A7AD" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="60329294" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRPr="008E67DA" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E67DA">
+              <w:t>Postcode en woonplaats</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1147710103"/>
+            <w:placeholder>
+              <w:docPart w:val="ABC1283B0B264476B9D13B3B9F534970"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2299" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0F2E25FD" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00FF15D0" w14:paraId="08802A9A" w14:textId="77777777" w:rsidTr="008E67DA">
+        <w:trPr>
+          <w:trHeight w:val="231"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="187550D6" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRPr="008E67DA" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E67DA">
+              <w:t>Emailadres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1156216476"/>
+            <w:placeholder>
+              <w:docPart w:val="ABC1283B0B264476B9D13B3B9F534970"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2221" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="67AAE2DA" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CDBF7B" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRPr="008E67DA" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E67DA">
+              <w:t>Telefoonnummer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="249780574"/>
+            <w:placeholder>
+              <w:docPart w:val="ABC1283B0B264476B9D13B3B9F534970"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2299" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="6D3795F1" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
+    </w:tbl>
+    <w:p w14:paraId="3F9C8D4F" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00FF15D0">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B76E7E" w14:textId="77777777" w:rsidR="0039771F" w:rsidRDefault="0039771F" w:rsidP="00FF15D0">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="283FF609" w14:textId="11B7DDB3" w:rsidR="00FF15D0" w:rsidRPr="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="36E8EB70">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Gegevens huisarts</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblW w:w="9194" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2376"/>
+        <w:gridCol w:w="2221"/>
+        <w:gridCol w:w="2298"/>
+        <w:gridCol w:w="2299"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF15D0" w14:paraId="6D8EF64C" w14:textId="77777777" w:rsidTr="00EB79D1">
+        <w:trPr>
+          <w:trHeight w:val="272"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B279AE" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRPr="00EB79D1" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>Voor- en achternaam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="2067375793"/>
+            <w:placeholder>
+              <w:docPart w:val="0C988ADDE9994A36B3E83BF8C2A4787A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2221" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="49F2CD85" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="02C341D5" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRPr="00EB79D1" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>Naam organisatie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="772518952"/>
+            <w:placeholder>
+              <w:docPart w:val="0C988ADDE9994A36B3E83BF8C2A4787A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2299" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="17C14C0B" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00FF15D0" w14:paraId="677F3846" w14:textId="77777777" w:rsidTr="00EB79D1">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="208BAA36" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRPr="00EB79D1" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>Straat en huisnummer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-793358509"/>
+            <w:placeholder>
+              <w:docPart w:val="0C988ADDE9994A36B3E83BF8C2A4787A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2221" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="290DA2F9" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B31FDA2" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRPr="00EB79D1" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>Postcode en woonplaats</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-2110345616"/>
+            <w:placeholder>
+              <w:docPart w:val="0C988ADDE9994A36B3E83BF8C2A4787A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2299" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="17DBD4CB" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00FF15D0" w14:paraId="6DEADD7C" w14:textId="77777777" w:rsidTr="00EB79D1">
+        <w:trPr>
+          <w:trHeight w:val="231"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="169ECF0B" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRPr="00EB79D1" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>Emailadres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1640385181"/>
+            <w:placeholder>
+              <w:docPart w:val="0C988ADDE9994A36B3E83BF8C2A4787A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2221" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="657984E7" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="01EC7CB2" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRPr="00EB79D1" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>Telefoonnummer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1011911974"/>
+            <w:placeholder>
+              <w:docPart w:val="0C988ADDE9994A36B3E83BF8C2A4787A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2299" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="687865EB" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="58C5F6E3" w14:textId="77777777" w:rsidR="00FF15D0" w:rsidRDefault="00FF15D0" w:rsidP="00FF15D0"/>
+    <w:p w14:paraId="385E3CF6" w14:textId="08150167" w:rsidR="00FF15D0" w:rsidRPr="004F3062" w:rsidRDefault="004F3062" w:rsidP="36E8EB70">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk211325165"/>
+      <w:r w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Is er sprake van wettelijke vertegenwoordiging?</w:t>
+      </w:r>
+      <w:r w:rsidR="00B840F2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4853F7D3" w14:textId="2B3F7650" w:rsidR="004F3062" w:rsidRDefault="00466288" w:rsidP="004F3062">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="885"/>
+        </w:tabs>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...3 lines deleted...]
-          <w:id w:val="1050724392"/>
+          <w:id w:val="-335086279"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="003D44F9">
+          <w:r w:rsidR="004F3062">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
-              <w:szCs w:val="20"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00080F03">
-[...76 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="004F3062">
+        <w:t xml:space="preserve"> Ja</w:t>
+      </w:r>
+      <w:r w:rsidR="004F3062">
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...3 lines deleted...]
-          <w:id w:val="956675596"/>
+          <w:id w:val="111789352"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="003D44F9">
+          <w:r w:rsidR="004F3062">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
-              <w:szCs w:val="20"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003D44F9">
-[...194 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="004F3062">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F115DC" w14:textId="28E3800C" w:rsidR="004F3062" w:rsidRDefault="004F3062" w:rsidP="004F3062">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="885"/>
+          <w:tab w:val="left" w:pos="3075"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Zo ja: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...401 lines deleted...]
-          <w:id w:val="-76129148"/>
+          <w:id w:val="-240641134"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00611F56">
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:szCs w:val="20"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00611F56" w:rsidRPr="006524B1">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">namelijk:     </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> Mentor </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...40 lines deleted...]
-          <w:id w:val="2075087281"/>
+          <w:id w:val="-1833372651"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00611F56">
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:szCs w:val="20"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00611F56" w:rsidRPr="006524B1">
-[...29 lines deleted...]
-        <w:t xml:space="preserve">Toelichting: </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> Bewind </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...5 lines deleted...]
-          <w:id w:val="883521815"/>
+          <w:id w:val="-1613199853"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Curatele</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="814764345"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> In aanvraag</w:t>
+      </w:r>
+      <w:r w:rsidR="007C278C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B840F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3466219B" w14:textId="675D2267" w:rsidR="004F3062" w:rsidRDefault="004F3062" w:rsidP="00B840F2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Naam</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1998413535"/>
           <w:placeholder>
-            <w:docPart w:val="2EE6973D11F24CE59B9C6F968000C4F6"/>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00835D5A">
+          <w:r w:rsidRPr="00754E16">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
-            <w:t>Klik hier als u tekst wilt invoeren.</w:t>
+            <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="50A24C92" w14:textId="77777777" w:rsidR="00080F03" w:rsidRDefault="00080F03" w:rsidP="00080F03">
-[...1242 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0676DFE4" w14:textId="086EA44C" w:rsidR="004F3062" w:rsidRDefault="004F3062" w:rsidP="00B840F2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Adres</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...4 lines deleted...]
-          <w:id w:val="-1502962909"/>
+          <w:id w:val="-1958561103"/>
           <w:placeholder>
-            <w:docPart w:val="66FF42DE9526413B88609240194F3F49"/>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="004C4DDE" w:rsidRPr="0078259F">
+          <w:r w:rsidRPr="00754E16">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
-            <w:t>Klik hier als u tekst wilt invoeren.</w:t>
+            <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="3F24AC4D" w14:textId="77777777" w:rsidR="00611F56" w:rsidRDefault="00611F56" w:rsidP="00611F56">
-[...113 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5CD47D99" w14:textId="0CA0CC9B" w:rsidR="004F3062" w:rsidRDefault="004F3062" w:rsidP="00B840F2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Telefoonnummer</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...4 lines deleted...]
-          <w:id w:val="-1136562999"/>
+          <w:id w:val="1762559731"/>
           <w:placeholder>
-            <w:docPart w:val="CA11E85D457141EFBA26F3797809D00C"/>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0080453D" w:rsidRPr="0078259F">
+          <w:r w:rsidRPr="5D08DB3C">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
-            <w:t>Klik hier als u tekst wilt invoeren.</w:t>
+            <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="33139A1C" w14:textId="77777777" w:rsidR="0080453D" w:rsidRDefault="0080453D" w:rsidP="009C02E9">
-[...4 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="34AFD062" w14:textId="51EE40DC" w:rsidR="004F3062" w:rsidRDefault="004F3062" w:rsidP="00B840F2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>E-mailadres</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1301451705"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik of tik om tekst in te voeren.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="70E398A8" w14:textId="77777777" w:rsidR="004F3062" w:rsidRDefault="004F3062" w:rsidP="004F3062">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3272F8A7" w14:textId="1C302A16" w:rsidR="004F3062" w:rsidRDefault="004F3062" w:rsidP="004F3062">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Indien van toepassing gaarne een kopie beschikking of kopie van de aanvraag </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F3062">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>als bijlage meesturen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416D1447" w14:textId="77777777" w:rsidR="004F3062" w:rsidRDefault="004F3062" w:rsidP="004F3062">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42511B6B" w14:textId="56EB1EA4" w:rsidR="004F3062" w:rsidRPr="00F36D6E" w:rsidRDefault="004F3062" w:rsidP="36E8EB70">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk211325212"/>
+      <w:r w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is er sprake van een </w:t>
+      </w:r>
+      <w:r w:rsidR="00616125">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>juridische</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maatregel?</w:t>
+      </w:r>
+      <w:r w:rsidR="00B840F2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78280C74" w14:textId="77777777" w:rsidR="004F3062" w:rsidRDefault="00466288" w:rsidP="004F3062">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="750"/>
+        </w:tabs>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1942910963"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004F3062">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004F3062">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:r w:rsidR="004F3062">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1025218651"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004F3062">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004F3062">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A40219" w14:textId="7EE68A64" w:rsidR="004F3062" w:rsidRDefault="004F3062" w:rsidP="00B840F2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="750"/>
+          <w:tab w:val="left" w:pos="1050"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Zo ja:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="2006159166"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> ZM t/m </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="987515445"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik of tik om tekst in te voeren.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="39169839"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Justitieel, namelijk: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="537552467"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik of tik om tekst in te voeren.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0039771F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B840F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1406523852"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Anders, namelijk: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="274983468"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik of tik om tekst in te voeren.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="1EF0D29A" w14:textId="53BA709F" w:rsidR="00616125" w:rsidRDefault="00616125" w:rsidP="00B840F2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="750"/>
+          <w:tab w:val="left" w:pos="1050"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Zo nee:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">ZM in aanvraag? </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1034413003"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Ja  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-461122227"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="4EB91CD6" w14:textId="4BEE741B" w:rsidR="00B840F2" w:rsidRDefault="004F3062" w:rsidP="004F3062">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="750"/>
+          <w:tab w:val="left" w:pos="1050"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Indien van toepassing gaarne een kopie beschikking </w:t>
+      </w:r>
+      <w:r w:rsidR="0039771F">
+        <w:t>of als cliënt een forensische geschiedenis heeft een risicotaxatie</w:t>
+      </w:r>
+      <w:r w:rsidR="00616125">
+        <w:t xml:space="preserve"> (HKT-R)</w:t>
+      </w:r>
+      <w:r w:rsidR="0039771F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F3062">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>als bijlage meesturen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00616125">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00616125">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D6D7D2" w14:textId="77777777" w:rsidR="00BB4C6F" w:rsidRPr="0039771F" w:rsidRDefault="00BB4C6F" w:rsidP="004F3062">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="750"/>
+          <w:tab w:val="left" w:pos="1050"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E0E3803" w14:textId="33EB6BA3" w:rsidR="004F3062" w:rsidRPr="00F36D6E" w:rsidRDefault="004F3062" w:rsidP="36E8EB70">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk211325292"/>
+      <w:r w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Welke financiering is van toepassing?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B686B7" w14:textId="1D5E751C" w:rsidR="00F36D6E" w:rsidRDefault="00466288" w:rsidP="00B840F2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1264810997"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00616125">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004F3062">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36D6E">
+        <w:t xml:space="preserve">ZPM </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36D6E">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00616125">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1770001459"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Kies een item."/>
+            <w:listItem w:displayText="1e jaars" w:value="1e jaars"/>
+            <w:listItem w:displayText="2e jaars" w:value="2e jaars"/>
+            <w:listItem w:displayText="3e jaars" w:value="3e jaars"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F36D6E" w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Kies een item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00616125">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00616125">
+        <w:tab/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5763">
+        <w:t>s er onderliggend een WLZ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B840F2">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5763">
+        <w:t xml:space="preserve">indicatie aanwezig? </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="309224375"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009F5763">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009F5763">
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-150371508"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009F5763">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009F5763">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00F36D6E">
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="582499898"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F36D6E">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F36D6E">
+        <w:t xml:space="preserve"> WLZ GGZ B</w:t>
+      </w:r>
+      <w:r w:rsidR="00F36D6E">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00616125">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="675240549"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Kies een item."/>
+            <w:listItem w:displayText="3" w:value="3"/>
+            <w:listItem w:displayText="4" w:value="4"/>
+            <w:listItem w:displayText="5" w:value="5"/>
+            <w:listItem w:displayText="6" w:value="6"/>
+            <w:listItem w:displayText="7" w:value="7"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F36D6E" w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Kies een item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F36D6E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36D6E">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004F3062">
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1657376462"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004F3062">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F36D6E">
+        <w:t xml:space="preserve"> WLZ GGZ W</w:t>
+      </w:r>
+      <w:r w:rsidR="00F36D6E">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00616125">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="45572904"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Kies een item."/>
+            <w:listItem w:displayText="1" w:value="1"/>
+            <w:listItem w:displayText="2" w:value="2"/>
+            <w:listItem w:displayText="3" w:value="3"/>
+            <w:listItem w:displayText="4" w:value="4"/>
+            <w:listItem w:displayText="5" w:value="5"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009F5763" w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Kies een item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F36D6E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F3062">
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-153226167"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F36D6E">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F36D6E">
+        <w:t xml:space="preserve"> Anders </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36D6E">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00616125">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-2133392395"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F36D6E" w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik of tik om tekst in te voeren.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F36D6E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="7DCA1CAF" w14:textId="2E941962" w:rsidR="00A65CFE" w:rsidRPr="009F5763" w:rsidRDefault="00F36D6E" w:rsidP="00A65CFE">
+      <w:r>
+        <w:t xml:space="preserve">Indien van toepassing gaarne een kopie beschikking </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E43870A">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">als bijlage meesturen. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B840F2">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000F097B" w14:textId="77DA2163" w:rsidR="00A65CFE" w:rsidRPr="00A65CFE" w:rsidRDefault="00A65CFE" w:rsidP="36E8EB70">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk211325317"/>
+      <w:r w:rsidRPr="36E8EB70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...107 lines deleted...]
-    <w:p w14:paraId="70E30D58" w14:textId="48F0A1A4" w:rsidR="009C02E9" w:rsidRPr="006524B1" w:rsidRDefault="00C66DBC" w:rsidP="009C02E9">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Is patiënt ook aangemeld bij een andere zorgaanbieder/beschermd woonvorm?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEB6642" w14:textId="6BD59EFE" w:rsidR="00A65CFE" w:rsidRPr="006524B1" w:rsidRDefault="00466288" w:rsidP="00A65CFE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-2003801779"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00080F03">
+          <w:r w:rsidR="00A65CFE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="009C02E9" w:rsidRPr="006524B1">
+      <w:r w:rsidR="00A65CFE" w:rsidRPr="006524B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ja namelijk bij: </w:t>
+        <w:t xml:space="preserve"> Ja</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9155B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65CFE" w:rsidRPr="006524B1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> namelijk bij: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="-1787042067"/>
+          <w:id w:val="1033688036"/>
           <w:placeholder>
-            <w:docPart w:val="6CF4C408766145C7AF05623BDCB2C0AF"/>
+            <w:docPart w:val="92AF2D033ABA4C5B855AD9344F616F61"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00475C0B" w:rsidRPr="0078259F">
+          <w:r w:rsidR="00A65CFE" w:rsidRPr="0078259F">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik hier als u tekst wilt invoeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="009C02E9">
+      <w:r w:rsidR="00A65CFE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5183EE6A" w14:textId="77777777" w:rsidR="006524B1" w:rsidRPr="00B970DD" w:rsidRDefault="00C66DBC" w:rsidP="006524B1">
+    <w:p w14:paraId="7A03C31C" w14:textId="029E7DB3" w:rsidR="002A4124" w:rsidRDefault="00466288" w:rsidP="00B840F2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1564169732"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009C02E9">
+          <w:r w:rsidR="00A65CFE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="009C02E9" w:rsidRPr="006524B1">
+      <w:r w:rsidR="00A65CFE" w:rsidRPr="006524B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nee </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="007C278C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5763">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFDC94A" w14:textId="1CD00E21" w:rsidR="003134F2" w:rsidRDefault="003134F2" w:rsidP="003134F2">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="34A3F0A4" w14:textId="77777777" w:rsidR="006524B1" w:rsidRPr="006524B1" w:rsidRDefault="00080F03" w:rsidP="006524B1">
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003134F2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Loopt er op dit moment een euthanasie-traject</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E01915" w14:textId="6B4D7FAE" w:rsidR="003134F2" w:rsidRDefault="00466288" w:rsidP="003134F2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="20"/>
-[...37 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
+            <w:color w:val="000000"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="36552593"/>
+          <w:id w:val="1313055319"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F32322">
+          <w:r w:rsidR="003134F2">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:color w:val="000000"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003134F2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003134F2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ja</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64692008" w14:textId="17282076" w:rsidR="003134F2" w:rsidRPr="003134F2" w:rsidRDefault="00466288" w:rsidP="003134F2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1974250712"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="003134F2">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:color w:val="000000"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003134F2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="003134F2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D47706A" w14:textId="2D901934" w:rsidR="00F36D6E" w:rsidRPr="00173CA2" w:rsidRDefault="00F36D6E" w:rsidP="36E8EB70">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk211328890"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Reden van aanmelding</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblW w:w="9090" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2355"/>
+        <w:gridCol w:w="6735"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F36D6E" w14:paraId="242E9E74" w14:textId="77777777" w:rsidTr="00EB79D1">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="077A7FEA" w14:textId="47B97D3F" w:rsidR="00F36D6E" w:rsidRPr="00EB79D1" w:rsidRDefault="103C957B" w:rsidP="0080084E">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>Behandel</w:t>
+            </w:r>
+            <w:r w:rsidR="0039771F" w:rsidRPr="00EB79D1">
+              <w:t>vraag</w:t>
+            </w:r>
+            <w:r w:rsidR="003C4B29" w:rsidRPr="00EB79D1">
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="217098328"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6735" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0189F2A7" w14:textId="24374828" w:rsidR="00F36D6E" w:rsidRDefault="0039771F" w:rsidP="0080084E">
+                <w:pPr>
+                  <w:spacing w:before="240"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00F36D6E" w14:paraId="08E3C511" w14:textId="77777777" w:rsidTr="00D12953">
+        <w:trPr>
+          <w:trHeight w:val="4086"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2355" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B817AF2" w14:textId="2C8EA5E1" w:rsidR="00F36D6E" w:rsidRPr="00EB79D1" w:rsidRDefault="0039771F" w:rsidP="0080084E">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t xml:space="preserve">Omschrijf de hulpvragen </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6735" w:type="dxa"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="-131712085"/>
+              <w:placeholder>
+                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="21565ABD" w14:textId="433141B5" w:rsidR="0039771F" w:rsidRDefault="00173CA2" w:rsidP="0080084E">
+                <w:pPr>
+                  <w:spacing w:before="240"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00754E16">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="6"/>
+    </w:tbl>
+    <w:p w14:paraId="53337E56" w14:textId="092B0848" w:rsidR="00173CA2" w:rsidRDefault="00173CA2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C749E61" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6715F3FF" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04D97C09" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69D2B81D" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7354F9E4" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09DD5EBA" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="338FA54F" w14:textId="77777777" w:rsidR="00BB4C6F" w:rsidRDefault="00BB4C6F" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D7F76C8" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="291815E1" w14:textId="77777777" w:rsidR="003134F2" w:rsidRDefault="003134F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AC71F72" w14:textId="17FF45A9" w:rsidR="00173CA2" w:rsidRDefault="170A579C" w:rsidP="36E8EB70">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk211328911"/>
+      <w:r w:rsidRPr="36E8EB70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Huidige toestandsbeeld psychiatrisch en somatisch</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C5E09CC" w14:textId="7257DD4F" w:rsidR="00173CA2" w:rsidRDefault="170A579C" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Omschrijf de</w:t>
+      </w:r>
+      <w:r w:rsidR="004479AC">
+        <w:t xml:space="preserve"> huidige gedragsproblematiek</w:t>
+      </w:r>
+      <w:r w:rsidR="00C06DC8">
+        <w:t xml:space="preserve"> en het </w:t>
+      </w:r>
+      <w:r w:rsidR="004479AC">
+        <w:t xml:space="preserve">psychiatrische en somatische toestandsbeeld die </w:t>
+      </w:r>
+      <w:r w:rsidR="00C06DC8">
+        <w:t>patiënt</w:t>
+      </w:r>
+      <w:r w:rsidR="004479AC">
+        <w:t xml:space="preserve"> laat zien. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1739"/>
+        <w:gridCol w:w="7305"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="3E43870A" w14:paraId="3ED519D9" w14:textId="77777777" w:rsidTr="00B840F2">
+        <w:trPr>
+          <w:trHeight w:val="3413"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1739" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDA1B62" w14:textId="6312BFF7" w:rsidR="3E43870A" w:rsidRPr="00EB79D1" w:rsidRDefault="3E43870A" w:rsidP="0080084E">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>Psychiatrisch</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7305" w:type="dxa"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="479103929"/>
+              <w:placeholder>
+                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="34E0BE2A" w14:textId="5B411E1E" w:rsidR="3E43870A" w:rsidRDefault="3E43870A" w:rsidP="0080084E">
+                <w:pPr>
+                  <w:spacing w:before="240"/>
+                </w:pPr>
+                <w:r w:rsidRPr="3E43870A">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="3E43870A" w14:paraId="5ACBCC6D" w14:textId="77777777" w:rsidTr="00B840F2">
+        <w:trPr>
+          <w:trHeight w:val="3001"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1739" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEA01D6" w14:textId="44CE58B2" w:rsidR="3E43870A" w:rsidRPr="00EB79D1" w:rsidRDefault="3E43870A" w:rsidP="0080084E">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>Somatisch</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53694B3F" w14:textId="4BC80803" w:rsidR="3E43870A" w:rsidRDefault="00466288" w:rsidP="0080084E">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1801426551"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="3E43870A" w:rsidRPr="3E43870A">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B840F2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="7"/>
+    </w:tbl>
+    <w:p w14:paraId="61E7E7F5" w14:textId="6355396A" w:rsidR="00173CA2" w:rsidRDefault="00173CA2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6575F91B" w14:textId="77777777" w:rsidR="002A4124" w:rsidRDefault="002A4124" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ED5C047" w14:textId="77777777" w:rsidR="002A4124" w:rsidRDefault="002A4124" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74855781" w14:textId="5700707F" w:rsidR="00D12953" w:rsidRPr="00D12953" w:rsidRDefault="00D12953" w:rsidP="00D12953">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk211328869"/>
+      <w:r w:rsidRPr="00D12953">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Diagnose volgens de DSM V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A7AD9BD" w14:textId="5C752F5D" w:rsidR="00D12953" w:rsidRDefault="007C278C" w:rsidP="00D12953">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E5A73E6" wp14:editId="55B656DE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>11164</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5730875" cy="1105786"/>
+                <wp:effectExtent l="0" t="0" r="22225" b="18415"/>
+                <wp:wrapNone/>
+                <wp:docPr id="217" name="Tekstvak 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5730875" cy="1105786"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:sdt>
+                            <w:sdtPr>
+                              <w:id w:val="-2047291622"/>
+                              <w:placeholder>
+                                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                              </w:placeholder>
+                              <w:showingPlcHdr/>
+                            </w:sdtPr>
+                            <w:sdtEndPr/>
+                            <w:sdtContent>
+                              <w:p w14:paraId="5806A054" w14:textId="435C9D37" w:rsidR="007C278C" w:rsidRDefault="007C278C" w:rsidP="00B840F2">
+                                <w:pPr>
+                                  <w:spacing w:before="240"/>
+                                </w:pPr>
+                                <w:r w:rsidRPr="00754E16">
+                                  <w:rPr>
+                                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                                  </w:rPr>
+                                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:sdtContent>
+                          </w:sdt>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="5E5A73E6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Tekstvak 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:400.05pt;margin-top:.9pt;width:451.25pt;height:87.05pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDI/xhAEQIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjO4iY14hRdugwD&#10;ugvQ7QNkWY6FyaImKbGzry8lu2l2exmmB4EUqUPykFzfDJ0iR2GdBF3SbJZSIjSHWup9Sb9+2b1a&#10;UeI80zVToEVJT8LRm83LF+veFGIOLahaWIIg2hW9KWnrvSmSxPFWdMzNwAiNxgZsxzyqdp/UlvWI&#10;3qlknqZXSQ+2Nha4cA5f70Yj3UT8phHcf2oaJzxRJcXcfLxtvKtwJ5s1K/aWmVbyKQ32D1l0TGoM&#10;eoa6Y56Rg5W/QXWSW3DQ+BmHLoGmkVzEGrCaLP2lmoeWGRFrQXKcOdPk/h8s/3h8MJ8t8cMbGLCB&#10;sQhn7oF/c0TDtmV6L26thb4VrMbAWaAs6Y0rpq+Bale4AFL1H6DGJrODhwg0NLYLrGCdBNGxAacz&#10;6WLwhONjvnydrpY5JRxtWZbmy9VVjMGKp+/GOv9OQEeCUFKLXY3w7HjvfEiHFU8uIZoDJeudVCoq&#10;dl9tlSVHhhOwi2dC/8lNadKX9Dqf5yMDf4VI4/kTRCc9jrKSXUlXZydWBN7e6joOmmdSjTKmrPRE&#10;ZOBuZNEP1YCOgdAK6hNSamEcWVwxFFqwPyjpcVxL6r4fmBWUqPca23KdLRZhvqOyyJdzVOylpbq0&#10;MM0RqqSeklHc+rgTgTANt9i+RkZinzOZcsUxjHxPKxPm/FKPXs+LvXkEAAD//wMAUEsDBBQABgAI&#10;AAAAIQD7SP0/3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcUOtQ6E9C&#10;nAohgegNWgRXN94mEfY62G4a3p7lBMfZWc18U65HZ8WAIXaeFFxPMxBItTcdNQredo+TFYiYNBlt&#10;PaGCb4ywrs7PSl0Yf6JXHLapERxCsdAK2pT6QspYt+h0nPoeib2DD04nlqGRJugThzsrZ1m2kE53&#10;xA2t7vGhxfpze3QKVrfPw0fc3Ly814uDzdPVcnj6CkpdXoz3dyASjunvGX7xGR0qZtr7I5korAIe&#10;kvjK+Gzm2WwOYs96Oc9BVqX8j1/9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMj/GEAR&#10;AgAAIAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPtI&#10;/T/cAAAABgEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:sdt>
+                      <w:sdtPr>
+                        <w:id w:val="-2047291622"/>
+                        <w:placeholder>
+                          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                        </w:placeholder>
+                        <w:showingPlcHdr/>
+                      </w:sdtPr>
+                      <w:sdtEndPr/>
+                      <w:sdtContent>
+                        <w:p w14:paraId="5806A054" w14:textId="435C9D37" w:rsidR="007C278C" w:rsidRDefault="007C278C" w:rsidP="00B840F2">
+                          <w:pPr>
+                            <w:spacing w:before="240"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00754E16">
+                            <w:rPr>
+                              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                            </w:rPr>
+                            <w:t>Klik of tik om tekst in te voeren.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:sdtContent>
+                    </w:sdt>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00D12953">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617332A3" w14:textId="77777777" w:rsidR="00D12953" w:rsidRDefault="00D12953" w:rsidP="00D12953">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60E130D4" w14:textId="77777777" w:rsidR="00D12953" w:rsidRPr="004479AC" w:rsidRDefault="00D12953" w:rsidP="00D12953">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="1D93B69E" w14:textId="77777777" w:rsidR="00D12953" w:rsidRDefault="00D12953" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D22082" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D51C477" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4283364C" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D53A2A8" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10FB5331" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE170DA" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0877ACA7" w14:textId="77777777" w:rsidR="00BB4C6F" w:rsidRDefault="00BB4C6F" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48960D1C" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F2544A2" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BB0C293" w14:textId="77777777" w:rsidR="00BB4C6F" w:rsidRDefault="00BB4C6F" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FD1657D" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76D45278" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49A5182A" w14:textId="77777777" w:rsidR="00B840F2" w:rsidRDefault="00B840F2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B0BC8C9" w14:textId="5B125947" w:rsidR="007C278C" w:rsidRDefault="008327F5" w:rsidP="007C278C">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk211328935"/>
+      <w:r w:rsidRPr="002A4124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="170A579C" w:rsidRPr="002A4124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>verzicht probleemgedrag heden en verleden</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F6B915" w14:textId="3A25110C" w:rsidR="00173CA2" w:rsidRPr="007C278C" w:rsidRDefault="170A579C" w:rsidP="007C278C">
+      <w:pPr>
+        <w:ind w:left="4248"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Heden</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Verleden</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C6EF14" w14:textId="7BCEB31D" w:rsidR="00173CA2" w:rsidRDefault="00616125" w:rsidP="00B840F2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Verbale a</w:t>
+      </w:r>
+      <w:r w:rsidR="170A579C">
+        <w:t>gressie</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1346161888"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1773555878"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="531379789"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1556643413"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ne</w:t>
+      </w:r>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Fysieke agressie</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="526143046"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-595481364"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1705470851"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1909069714"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve">Gebruik van </w:t>
+      </w:r>
+      <w:r>
+        <w:t>soft</w:t>
+      </w:r>
+      <w:r w:rsidR="170A579C">
+        <w:t>drugs</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1436884013"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1273947525"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1560023496"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="27408707"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Gebruik van harddrugs</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-1667162195"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-1886243833"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1041634431"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-1968493947"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="170A579C">
+        <w:t>Alcohol misbruik</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="323878301"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="79835181"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1612463087"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="12399561"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="170A579C">
+        <w:t>Medicatiemisbruik</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="2135151679"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1512046924"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="812336682"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="2139443243"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="170A579C">
+        <w:t>Ongepast seksueel gedrag</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1513726507"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="711538464"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1494837842"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="132153834"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="170A579C">
+        <w:t>Suïcidaal gedrag</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1361323808"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="477253526"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="482070436"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="859082600"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="170A579C">
+        <w:t>Brandgevaarlijk</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1835944837"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1389749273"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1092266749"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1880835015"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="170A579C">
+        <w:t>Diefstal</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="579317287"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="96109487"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="69989191"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="859737189"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00B100C2">
+        <w:t>Vandalisme</w:t>
+      </w:r>
+      <w:r w:rsidR="00B100C2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="138227071"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1957530271"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173CA2">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1817614881"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Ja </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="377523229"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="170A579C" w:rsidRPr="007C278C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="170A579C">
+        <w:t xml:space="preserve"> Nee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5923D3" w14:textId="21F8B6E5" w:rsidR="00173CA2" w:rsidRDefault="004479AC" w:rsidP="007C278C">
+      <w:r>
+        <w:t xml:space="preserve">Graag </w:t>
+      </w:r>
+      <w:r w:rsidR="170A579C">
+        <w:t>toelichting op bovenstaande:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6C1A6C" w14:textId="5D8D3267" w:rsidR="00E01DDE" w:rsidRDefault="007C278C" w:rsidP="00F36D6E">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D50448E" wp14:editId="452CF355">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>13040</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5730949" cy="1052623"/>
+                <wp:effectExtent l="0" t="0" r="22225" b="14605"/>
+                <wp:wrapNone/>
+                <wp:docPr id="491905133" name="Tekstvak 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5730949" cy="1052623"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:sdt>
+                            <w:sdtPr>
+                              <w:id w:val="-408695054"/>
+                              <w:placeholder>
+                                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                              </w:placeholder>
+                            </w:sdtPr>
+                            <w:sdtEndPr/>
+                            <w:sdtContent>
+                              <w:sdt>
+                                <w:sdtPr>
+                                  <w:id w:val="627908992"/>
+                                  <w:placeholder>
+                                    <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                                  </w:placeholder>
+                                </w:sdtPr>
+                                <w:sdtEndPr/>
+                                <w:sdtContent>
+                                  <w:sdt>
+                                    <w:sdtPr>
+                                      <w:id w:val="-499353950"/>
+                                      <w:placeholder>
+                                        <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                                      </w:placeholder>
+                                      <w:showingPlcHdr/>
+                                      <w:text/>
+                                    </w:sdtPr>
+                                    <w:sdtEndPr/>
+                                    <w:sdtContent>
+                                      <w:p w14:paraId="6E0BEC0F" w14:textId="38F7BA68" w:rsidR="007C278C" w:rsidRDefault="0080084E" w:rsidP="00B840F2">
+                                        <w:pPr>
+                                          <w:spacing w:before="240"/>
+                                        </w:pPr>
+                                        <w:r w:rsidRPr="00754E16">
+                                          <w:rPr>
+                                            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                                          </w:rPr>
+                                          <w:t>Klik of tik om tekst in te voeren.</w:t>
+                                        </w:r>
+                                      </w:p>
+                                    </w:sdtContent>
+                                  </w:sdt>
+                                </w:sdtContent>
+                              </w:sdt>
+                            </w:sdtContent>
+                          </w:sdt>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3D50448E" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:400.05pt;margin-top:1.05pt;width:451.25pt;height:82.9pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMbyO4FAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk21v2yAQx99P2ndAvF/suEnbWHGqLl2m&#10;Sd2D1O0DYIxjNOAYkNjdp9+B3TR7ejONF4jj4M/d7471zaAVOQrnJZiKzmc5JcJwaKTZV/TL592r&#10;a0p8YKZhCoyo6KPw9Gbz8sW6t6UooAPVCEdQxPiytxXtQrBllnneCc38DKww6GzBaRbQdPuscaxH&#10;da2yIs8vsx5cYx1w4T3u3o1Oukn6bSt4+Ni2XgSiKoqxhTS7NNdxzjZrVu4ds53kUxjsH6LQTBp8&#10;9CR1xwIjByd/k9KSO/DQhhkHnUHbSi5SDpjNPP8lm4eOWZFyQTjenjD5/yfLPxwf7CdHwvAaBixg&#10;SsLbe+BfPTGw7ZjZi1vnoO8Ea/DheUSW9daX09WI2pc+itT9e2iwyOwQIAkNrdORCuZJUB0L8HiC&#10;LoZAOG4ury7y1WJFCUffPF8Wl8VFeoOVT9et8+GtAE3ioqIOq5rk2fHehxgOK5+OxNc8KNnspFLJ&#10;cPt6qxw5MuyAXRqT+k/HlCF9RVfLYjkS+KtEnsafJLQM2MpK6openw6xMnJ7Y5rUaIFJNa4xZGUm&#10;kJHdSDEM9UBkM1GOXGtoHpGsg7Fz8afhogP3nZIeu7ai/tuBOUGJemewOqv5YhHbPBmL5VWBhjv3&#10;1OceZjhKVTRQMi63IX2NyM3ALVaxlYnvcyRTyNiNCfv0c2K7n9vp1PP/3vwAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDvB1d73QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOs0&#10;QNqEOBVCAtEbtAiubrxNIux1iN00/D3LCY6jGc28KdeTs2LEIXSeFCzmCQik2puOGgVvu8fZCkSI&#10;moy2nlDBNwZYV+dnpS6MP9ErjtvYCC6hUGgFbYx9IWWoW3Q6zH2PxN7BD05HlkMjzaBPXO6sTJMk&#10;k053xAut7vGhxfpze3QKVjfP40fYXL+819nB5vFqOT59DUpdXkz3dyAiTvEvDL/4jA4VM+39kUwQ&#10;VgEfiQrSBQg28yS9BbHnVLbMQVal/I9f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBM&#10;byO4FAIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDvB1d73QAAAAYBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:sdt>
+                      <w:sdtPr>
+                        <w:id w:val="-408695054"/>
+                        <w:placeholder>
+                          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                        </w:placeholder>
+                      </w:sdtPr>
+                      <w:sdtEndPr/>
+                      <w:sdtContent>
+                        <w:sdt>
+                          <w:sdtPr>
+                            <w:id w:val="627908992"/>
+                            <w:placeholder>
+                              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                            </w:placeholder>
+                          </w:sdtPr>
+                          <w:sdtEndPr/>
+                          <w:sdtContent>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:id w:val="-499353950"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                                </w:placeholder>
+                                <w:showingPlcHdr/>
+                                <w:text/>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:p w14:paraId="6E0BEC0F" w14:textId="38F7BA68" w:rsidR="007C278C" w:rsidRDefault="0080084E" w:rsidP="00B840F2">
+                                  <w:pPr>
+                                    <w:spacing w:before="240"/>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00754E16">
+                                    <w:rPr>
+                                      <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                                    </w:rPr>
+                                    <w:t>Klik of tik om tekst in te voeren.</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:sdtContent>
+                            </w:sdt>
+                          </w:sdtContent>
+                        </w:sdt>
+                      </w:sdtContent>
+                    </w:sdt>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEC7DAA" w14:textId="77777777" w:rsidR="00AD14D6" w:rsidRDefault="00AD14D6" w:rsidP="00F36D6E"/>
+    <w:p w14:paraId="554B02EB" w14:textId="77777777" w:rsidR="00AD14D6" w:rsidRDefault="00AD14D6" w:rsidP="00F36D6E"/>
+    <w:p w14:paraId="7829FD5A" w14:textId="77777777" w:rsidR="00AD14D6" w:rsidRDefault="00AD14D6" w:rsidP="00F36D6E"/>
+    <w:p w14:paraId="5D15F2D9" w14:textId="77777777" w:rsidR="007C3E16" w:rsidRDefault="007C3E16" w:rsidP="00F36D6E"/>
+    <w:p w14:paraId="6BEEEE50" w14:textId="6A3A5612" w:rsidR="00E01DDE" w:rsidRPr="00AD14D6" w:rsidRDefault="00AD14D6" w:rsidP="00D12953">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD14D6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Behandelanam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD14D6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CEA8A4F" w14:textId="694B613D" w:rsidR="00AD14D6" w:rsidRDefault="00AD14D6" w:rsidP="00AD14D6">
+      <w:pPr>
+        <w:ind w:left="708" w:firstLine="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Acuut zelfredzaam</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Beperkte zelfredzaam</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Voldoende zelfredzaam</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">           n.v.t.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE1B81A" w14:textId="715513F9" w:rsidR="00AD14D6" w:rsidRDefault="00AD14D6" w:rsidP="00B840F2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Financiën</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-167246031"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1088812556"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1887482994"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-2094078503"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:br/>
+        <w:t>Dagbesteding</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1677157553"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-171419863"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1006092925"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="102389294"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:br/>
+        <w:t>Huisvesting</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-274103830"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-704945550"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1474819558"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-279028912"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:br/>
+        <w:t>Communicatie</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1280334822"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1743023877"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="202530643"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-48775134"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:br/>
+        <w:t>Dagelijks leven</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1991981814"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1471476458"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1911997347"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1243565537"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:br/>
+        <w:t>Sociaal netwerk</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="772131942"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="990443493"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-384337172"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="721175164"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="167E4E9C" w14:textId="3BC19396" w:rsidR="00AD14D6" w:rsidRDefault="00AD14D6" w:rsidP="00AD14D6">
+      <w:r>
+        <w:t>Graag toelichting op bovenstaande:</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB4C6F">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FCFFE6C" w14:textId="396385E3" w:rsidR="00AD14D6" w:rsidRDefault="007C278C" w:rsidP="00AD14D6">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="514F7A32" wp14:editId="7F784EB8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>8964</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5730875" cy="1275375"/>
+                <wp:effectExtent l="0" t="0" r="22225" b="20320"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1728124664" name="Tekstvak 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5730875" cy="1275375"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="543C91E6" w14:textId="08286F61" w:rsidR="00BB4C6F" w:rsidRDefault="00BB4C6F" w:rsidP="00B840F2">
+                            <w:pPr>
+                              <w:spacing w:before="240"/>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="781C1CDD" w14:textId="77777777" w:rsidR="00BB4C6F" w:rsidRDefault="00BB4C6F" w:rsidP="00B840F2">
+                            <w:pPr>
+                              <w:spacing w:before="240"/>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="43C529BE" w14:textId="77777777" w:rsidR="00BB4C6F" w:rsidRDefault="00BB4C6F" w:rsidP="00B840F2">
+                            <w:pPr>
+                              <w:spacing w:before="240"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="514F7A32" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:400.05pt;margin-top:.7pt;width:451.25pt;height:100.4pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8q/QQFAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthx4yU14hRdugwD&#10;ugvQ7QNkWY6FyaImKbGzry8lu2l2exmmB4EUqUPykFzfDJ0iR2GdBF3S+SylRGgOtdT7kn79snu1&#10;osR5pmumQIuSnoSjN5uXL9a9KUQGLahaWIIg2hW9KWnrvSmSxPFWdMzNwAiNxgZsxzyqdp/UlvWI&#10;3qkkS9PXSQ+2Nha4cA5f70Yj3UT8phHcf2oaJzxRJcXcfLxtvKtwJ5s1K/aWmVbyKQ32D1l0TGoM&#10;eoa6Y56Rg5W/QXWSW3DQ+BmHLoGmkVzEGrCaefpLNQ8tMyLWguQ4c6bJ/T9Y/vH4YD5b4oc3MGAD&#10;YxHO3AP/5oiGbcv0XtxaC30rWI2B54GypDeumL4Gql3hAkjVf4Aam8wOHiLQ0NgusIJ1EkTHBpzO&#10;pIvBE46P+fIqXS1zSjja5tkyv0IlxGDF03djnX8noCNBKKnFrkZ4drx3fnR9cgnRHChZ76RSUbH7&#10;aqssOTKcgF08E/pPbkqTvqTXeZaPDPwVIo3nTxCd9DjKSnYlXZ2dWBF4e6vrOGieSTXKWJ3SE5GB&#10;u5FFP1QDkXVJsxAg8FpBfUJmLYyTi5uGQgv2ByU9Tm1J3fcDs4IS9V5jd67ni0UY86gs8mWGir20&#10;VJcWpjlCldRTMopbH1cj8KbhFrvYyMjvcyZTyjiNsUPT5oRxv9Sj1/N+bx4BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCdpSSW3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcELUx&#10;pbQhToWQQHCDguDqxtskwl6H2E3D37Oc4Lgzo5m35XoKXow4pC6SgYuZAoFUR9dRY+Dt9f58CSJl&#10;S876SGjgGxOsq+Oj0hYuHugFx01uBJdQKqyBNue+kDLVLQabZrFHYm8Xh2Azn0Mj3WAPXB681Eot&#10;ZLAd8UJre7xrsf7c7IOB5fxx/EhPl8/v9WLnV/nsenz4Gow5PZlub0BknPJfGH7xGR0qZtrGPbkk&#10;vAF+JLM6B8HmSukrEFsDWmkNsirlf/zqBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALyr&#10;9BAUAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AJ2lJJbcAAAABgEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="543C91E6" w14:textId="08286F61" w:rsidR="00BB4C6F" w:rsidRDefault="00BB4C6F" w:rsidP="00B840F2">
+                      <w:pPr>
+                        <w:spacing w:before="240"/>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="781C1CDD" w14:textId="77777777" w:rsidR="00BB4C6F" w:rsidRDefault="00BB4C6F" w:rsidP="00B840F2">
+                      <w:pPr>
+                        <w:spacing w:before="240"/>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="43C529BE" w14:textId="77777777" w:rsidR="00BB4C6F" w:rsidRDefault="00BB4C6F" w:rsidP="00B840F2">
+                      <w:pPr>
+                        <w:spacing w:before="240"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AB79AE" w14:textId="77777777" w:rsidR="00AD14D6" w:rsidRDefault="00AD14D6" w:rsidP="00AD14D6"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="2138537A" w14:textId="77777777" w:rsidR="00AD14D6" w:rsidRDefault="00AD14D6" w:rsidP="00AD14D6"/>
+    <w:p w14:paraId="2AE32798" w14:textId="77777777" w:rsidR="00AD14D6" w:rsidRDefault="00AD14D6" w:rsidP="00AD14D6"/>
+    <w:p w14:paraId="13A11A65" w14:textId="77777777" w:rsidR="00BB4C6F" w:rsidRDefault="00BB4C6F" w:rsidP="00BB4C6F">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:ind w:left="785"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3957A518" w14:textId="15B9DC4E" w:rsidR="00173CA2" w:rsidRPr="002A4124" w:rsidRDefault="5C001A43" w:rsidP="00BB4C6F">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Voorgeschiedenis psychiatrie en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A4124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>somatiek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A4124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3E16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF962F4" w14:textId="5AE57061" w:rsidR="00173CA2" w:rsidRDefault="5C001A43" w:rsidP="00F36D6E">
+      <w:r>
+        <w:t xml:space="preserve">Omschrijf de psychiatrische en somatische voorgeschiedenis. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E43870A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(levensgeschiedenis, arbeids- en woonverleden, biografische anamnese, familieanamnese en aan-afwezigheid van onderzoeken.)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1655"/>
+        <w:gridCol w:w="7407"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="3E43870A" w14:paraId="656ED411" w14:textId="77777777" w:rsidTr="00AD14D6">
+        <w:trPr>
+          <w:trHeight w:val="3461"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8FB8D3" w14:textId="5C2BE4B5" w:rsidR="3E43870A" w:rsidRPr="00EB79D1" w:rsidRDefault="3E43870A" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>Psychiatri</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB13EC">
+              <w:t>e</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7547" w:type="dxa"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="841311125"/>
+              <w:placeholder>
+                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="600B652B" w14:textId="6992A3BF" w:rsidR="3E43870A" w:rsidRDefault="3E43870A" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="240"/>
+                </w:pPr>
+                <w:r w:rsidRPr="3E43870A">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="3E43870A" w14:paraId="0F4C421A" w14:textId="77777777" w:rsidTr="00AD14D6">
+        <w:trPr>
+          <w:trHeight w:val="3538"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="59620D91" w14:textId="48DBE2DA" w:rsidR="3E43870A" w:rsidRPr="00EB79D1" w:rsidRDefault="3E43870A" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>Somati</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB13EC">
+              <w:t>ek</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7547" w:type="dxa"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="1873931040"/>
+              <w:placeholder>
+                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="54DD1557" w14:textId="3C4D819B" w:rsidR="3E43870A" w:rsidRDefault="3E43870A" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="240"/>
+                </w:pPr>
+                <w:r w:rsidRPr="3E43870A">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4300A1C9" w14:textId="269607AF" w:rsidR="00E01DDE" w:rsidRDefault="00E01DDE" w:rsidP="00E01DDE">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1917EB8C" w14:textId="2DB6D984" w:rsidR="00173CA2" w:rsidRPr="002A4124" w:rsidRDefault="1C126101" w:rsidP="00BB4C6F">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Samenvatting behandeling GGZ</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1780"/>
+        <w:gridCol w:w="7282"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="3E43870A" w14:paraId="47E71AB8" w14:textId="77777777" w:rsidTr="00AD14D6">
+        <w:trPr>
+          <w:trHeight w:val="4339"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F6D7525" w14:textId="6AA2E785" w:rsidR="00CF7D4A" w:rsidRPr="00EB79D1" w:rsidRDefault="3E43870A" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>Omschrijf het ziekteverloop en de hulpverlenings</w:t>
+            </w:r>
+            <w:r w:rsidR="230552C1" w:rsidRPr="00EB79D1">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB79D1">
+              <w:t>geschiedenis</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF7D4A" w:rsidRPr="00EB79D1">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47482A67" w14:textId="799CCBDD" w:rsidR="3E43870A" w:rsidRDefault="3E43870A" w:rsidP="00B840F2">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7427" w:type="dxa"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:id w:val="33658992"/>
+              <w:placeholder>
+                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="5B536A89" w14:textId="76D13010" w:rsidR="3E43870A" w:rsidRDefault="3E43870A" w:rsidP="00B840F2">
+                <w:pPr>
+                  <w:spacing w:before="240"/>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="3E43870A">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                  </w:rPr>
+                  <w:t>Klik of tik om tekst in te voeren.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2996BD11" w14:textId="1440D01B" w:rsidR="00173CA2" w:rsidRDefault="00173CA2" w:rsidP="3E43870A">
+      <w:pPr>
+        <w:sectPr w:rsidR="00173CA2">
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="496CA1A1" w14:textId="77777777" w:rsidR="00616125" w:rsidRPr="00616125" w:rsidRDefault="009077C6" w:rsidP="00BB4C6F">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4124">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Aanvullende documenten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0C6765" w14:textId="77777777" w:rsidR="00616125" w:rsidRDefault="00616125" w:rsidP="00616125">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EB976C1" w14:textId="4CA3958E" w:rsidR="009077C6" w:rsidRDefault="00616125" w:rsidP="00616125">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Verplichte documenten:</w:t>
+      </w:r>
+      <w:r w:rsidR="006641D5" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26437A9F" w14:textId="204323C3" w:rsidR="006641D5" w:rsidRPr="00B100C2" w:rsidRDefault="00466288" w:rsidP="00B100C2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-210878659"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="006641D5" w:rsidRPr="00B100C2">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="006641D5" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006641D5" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Behandelplan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF7280D" w14:textId="672753DA" w:rsidR="00F91197" w:rsidRPr="00B100C2" w:rsidRDefault="00466288" w:rsidP="00B100C2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-172026315"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00F91197" w:rsidRPr="00B100C2">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F91197" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B4CBF" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Relevante</w:t>
+      </w:r>
+      <w:r w:rsidR="00211BAF" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5398" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nderzoeken</w:t>
+      </w:r>
+      <w:r w:rsidR="005B4CBF" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/verslagen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12EF975E" w14:textId="0BC8117E" w:rsidR="00BF5398" w:rsidRPr="00B100C2" w:rsidRDefault="00466288" w:rsidP="00B100C2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="743220989"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00BF5398" w:rsidRPr="00B100C2">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BF5398" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Medicatie</w:t>
+      </w:r>
+      <w:r w:rsidR="00450421" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>overzicht</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745E1C2E" w14:textId="390FB0DE" w:rsidR="00AE4D43" w:rsidRPr="00B100C2" w:rsidRDefault="00466288" w:rsidP="00B100C2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="299346791"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00AE4D43" w:rsidRPr="00B100C2">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AE4D43" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D83D5B" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicatievoorgeschiedenis </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B18C10" w14:textId="77777777" w:rsidR="00616125" w:rsidRDefault="00616125" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="502F10FB" w14:textId="601CCB1D" w:rsidR="00616125" w:rsidRPr="00B100C2" w:rsidRDefault="00616125" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Indien aanwezig:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29319861" w14:textId="77777777" w:rsidR="00616125" w:rsidRDefault="00616125" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55C45894" w14:textId="266B53A6" w:rsidR="00616125" w:rsidRPr="00B100C2" w:rsidRDefault="00466288" w:rsidP="00B100C2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="2115697106"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00BF5398" w:rsidRPr="00B100C2">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BF5398" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00211BAF" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075257C" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bij sprake LVB: o</w:t>
+      </w:r>
+      <w:r w:rsidR="00246DE5" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nderzoeken naar IQ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0894902B" w14:textId="4A35B6AE" w:rsidR="00246DE5" w:rsidRPr="00B100C2" w:rsidRDefault="00466288" w:rsidP="00B100C2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-626857560"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00246DE5" w:rsidRPr="00B100C2">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00246DE5" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00211BAF" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00246DE5" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kopie beschikking WLZ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2642A467" w14:textId="09AE0150" w:rsidR="00246DE5" w:rsidRPr="00B100C2" w:rsidRDefault="00466288" w:rsidP="00B100C2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="478120622"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00246DE5" w:rsidRPr="00B100C2">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00211BAF" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00246DE5" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kopie beschikking mentorschap, bewind en/of curatele</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127DFB31" w14:textId="73751434" w:rsidR="00246DE5" w:rsidRPr="00B100C2" w:rsidRDefault="00466288" w:rsidP="00B100C2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-1057853123"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00246DE5" w:rsidRPr="00B100C2">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00211BAF" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00246DE5" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kopie risicotaxatie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41170B48" w14:textId="16FC10A9" w:rsidR="00211BAF" w:rsidRPr="00B100C2" w:rsidRDefault="00466288" w:rsidP="00B100C2">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="840205932"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00211BAF" w:rsidRPr="00B100C2">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00211BAF" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Kopie zorgmachtiging</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6639A" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of andere civiele- of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5F22" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>justitiële</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6639A" w:rsidRPr="00B100C2">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maatregel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E31DFAA" w14:textId="77777777" w:rsidR="00616125" w:rsidRDefault="00616125" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C4CC306" w14:textId="77777777" w:rsidR="00BD4B7D" w:rsidRDefault="00BD4B7D" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A35D315" w14:textId="77777777" w:rsidR="00BD4B7D" w:rsidRDefault="00BD4B7D" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32488029" w14:textId="77777777" w:rsidR="00616125" w:rsidRDefault="00616125" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FC9E646" w14:textId="107CDC01" w:rsidR="00591AEC" w:rsidRPr="00591AEC" w:rsidRDefault="00591AEC" w:rsidP="00591AEC">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00591AEC">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Het aanmeldformulier wordt alleen in behandeling genomen als het volledig is ingevuld en is ondertekend door de hulpvrager of diens wettelijk vertegenwoordiger.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591AEC">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00591AEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">U kunt uw toestemming op elk moment intrekken door dit bij uw behandelaar of bij ons aanmeldpunt te melden. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70EB95EB" w14:textId="77777777" w:rsidR="00616125" w:rsidRDefault="00616125" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6065E3A4" w14:textId="77777777" w:rsidR="00616125" w:rsidRDefault="00616125" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE69B3B" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F3D78C9" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DD39E4F" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09441D18" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FC5D301" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74710088" w14:textId="77777777" w:rsidR="00591AEC" w:rsidRDefault="00591AEC" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B76AA13" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28D64DAA" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6097911C" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64E65052" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21350F77" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CC964D2" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46F9E751" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B1B6EA5" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43B66E1C" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60E99C3F" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37982F6E" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F1D6F1D" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3820422F" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="066EFBC0" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F8BA72" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EA74E48" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D4F38E9" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C0AFC8D" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3491F6CA" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72BA2F13" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="642CB6A7" w14:textId="77777777" w:rsidR="00B100C2" w:rsidRDefault="00B100C2" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18B7FE5E" w14:textId="77777777" w:rsidR="008D6206" w:rsidRDefault="008D6206" w:rsidP="006641D5">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EF371B3" w14:textId="039353B4" w:rsidR="00DE19AF" w:rsidRDefault="006D6A70" w:rsidP="006D6A70">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Hlk211323770"/>
+      <w:r w:rsidRPr="00C20C24">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Verklaringen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499D8046" w14:textId="1A69D060" w:rsidR="00DC0DCA" w:rsidRDefault="00D722C2" w:rsidP="00CA16F4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00DC0DCA">
+        <w:t>Als Langdurige Intensieve Behandeling willen wij een zo compleet mogelijk beeld krijgen van de problematiek die aanleiding vormde tot de aanmelding van een cliënt. Om een zo goed mogelijk beeld te krijgen van de situatie, kan het nodig zijn om bij eigen en andere instanties informatie in te winnen betreffende een cliënt. Denk hierbij aan medische informatie</w:t>
+      </w:r>
+      <w:r w:rsidR="00591AEC">
+        <w:t>, documenten uit het archief van eerdere behandelingen of onderzoeken</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0DCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00591AEC">
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0DCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00591AEC">
+        <w:t xml:space="preserve">andere relevante gegevens die kunnen helpen bij de aanmelding/behandeling. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B71C490" w14:textId="4BB27A55" w:rsidR="006D6A70" w:rsidRPr="00D722C2" w:rsidRDefault="00D722C2" w:rsidP="00D722C2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D722C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Wij willen u verzoeken hieronder kenbaar te maken of u met bovenstaande kunt instemmen</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA16F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE81D69" w14:textId="2000D62A" w:rsidR="008B7283" w:rsidRDefault="00466288" w:rsidP="008B7283">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-825592924"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002A1081">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006524B1" w:rsidRPr="006524B1">
+      <w:r w:rsidR="002A1081">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ja </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6E9D93A6" w14:textId="77777777" w:rsidR="006524B1" w:rsidRPr="006524B1" w:rsidRDefault="00C66DBC" w:rsidP="006524B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7283">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00747771">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ondergetekende</w:t>
+      </w:r>
+      <w:r w:rsidR="0054355E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is akkoord</w:t>
+      </w:r>
+      <w:r w:rsidR="005743FE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6B3C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>met</w:t>
+      </w:r>
+      <w:r w:rsidR="00E74A36">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de aanmelding </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7283">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bij de Langdurige Intensieve Behandeling</w:t>
+      </w:r>
+      <w:r w:rsidR="0015733B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245DA53B" w14:textId="32E97A46" w:rsidR="0081717E" w:rsidRDefault="00466288" w:rsidP="008B7283">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="-1889412351"/>
+          <w:id w:val="974803380"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F32322">
+          <w:r w:rsidR="008B7283">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006524B1" w:rsidRPr="006524B1">
+      <w:r w:rsidR="00DE19AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nee </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2E36458F" w14:textId="77777777" w:rsidR="006524B1" w:rsidRPr="006524B1" w:rsidRDefault="006524B1" w:rsidP="006524B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7283">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00747771">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ondergetekende</w:t>
+      </w:r>
+      <w:r w:rsidR="00847929">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> geeft toestemming voor het doorgeven van de aanmeldingsgegevens </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6B3C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en bijlages </w:t>
+      </w:r>
+      <w:r w:rsidR="00847929">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aan Parnassia</w:t>
+      </w:r>
+      <w:r w:rsidR="0081717E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LIB</w:t>
+      </w:r>
+      <w:r w:rsidR="00847929">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C59A308" w14:textId="6E90DB27" w:rsidR="002D062A" w:rsidRDefault="00466288" w:rsidP="002D062A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006524B1">
-[...5 lines deleted...]
-      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="-904367789"/>
-[...104 lines deleted...]
-          <w:id w:val="1357544524"/>
+          <w:id w:val="-549684254"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F32322">
+          <w:r w:rsidR="0081717E">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006524B1" w:rsidRPr="006524B1">
+      <w:r w:rsidR="0081717E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ja </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="69A06E70" w14:textId="77777777" w:rsidR="006524B1" w:rsidRPr="006524B1" w:rsidRDefault="00C66DBC" w:rsidP="006524B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0081717E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00747771">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ondergetekende</w:t>
+      </w:r>
+      <w:r w:rsidR="0081717E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> geeft toestemming aan Parnassia LIB om indien nodig aanvullende informatie op te vragen bij de verwijzer</w:t>
+      </w:r>
+      <w:r w:rsidR="004479AC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en/of uit ECD en archief. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E7D037" w14:textId="77777777" w:rsidR="00591AEC" w:rsidRPr="0081717E" w:rsidRDefault="00591AEC" w:rsidP="002D062A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D6EC008" w14:textId="190BE3A0" w:rsidR="00DE19AF" w:rsidRPr="009957A3" w:rsidRDefault="00DE19AF" w:rsidP="00DE19AF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Het o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009957A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pvragen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>van noodzakelijke</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA16F4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(medische) informatie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009957A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mag bij de volgende personen/instanties:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CAF8FB3" w14:textId="292B7D43" w:rsidR="00DE19AF" w:rsidRPr="009957A3" w:rsidRDefault="00466288" w:rsidP="00DE19AF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
+            <w:color w:val="000000"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="-1523933427"/>
-[...77 lines deleted...]
-          <w:id w:val="1355921069"/>
+          <w:id w:val="1430156470"/>
           <w:placeholder>
-            <w:docPart w:val="03628F2AE0E44804B81818468D8333A0"/>
+            <w:docPart w:val="AD191E747D9E4DC5854961F74DA0E1FD"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00061173" w:rsidRPr="000D36DF">
+          <w:r w:rsidR="00DE19AF" w:rsidRPr="0078259F">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik hier als u tekst wilt invoeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-    </w:p>
-    <w:p w14:paraId="500E62D5" w14:textId="77777777" w:rsidR="006524B1" w:rsidRPr="006524B1" w:rsidRDefault="00F32322" w:rsidP="006524B1">
+      <w:r w:rsidR="00591AEC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF898BE" w14:textId="04452D0D" w:rsidR="00DE19AF" w:rsidRPr="009957A3" w:rsidRDefault="00DE19AF" w:rsidP="00DE19AF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009957A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B970DD">
+        <w:t xml:space="preserve">Naam: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009957A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>12</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006524B1" w:rsidRPr="006524B1">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009957A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Indien de aanmelding niet door </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F69E2">
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>patiënt</w:t>
-[...22 lines deleted...]
-      </w:pPr>
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
+            <w:color w:val="000000"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="-1784414538"/>
-[...101 lines deleted...]
-          <w:id w:val="-371843217"/>
+          <w:id w:val="741839091"/>
           <w:placeholder>
-            <w:docPart w:val="8E15ADCEF6644E75A6A0DF643432A75A"/>
+            <w:docPart w:val="30A527AD03B84429A7826524A6099A85"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F32322" w:rsidRPr="001D39C2">
-[...1410 lines deleted...]
-          <w:r w:rsidR="00B55174" w:rsidRPr="00835D5A">
+          <w:r w:rsidRPr="0078259F">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik hier als u tekst wilt invoeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009957A3">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D062A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:tab/>
-[...10 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009957A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:t xml:space="preserve">Geboortedatum: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009957A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Geboortedatum: </w:t>
+        <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="-1054692830"/>
+          <w:id w:val="968401330"/>
           <w:placeholder>
-            <w:docPart w:val="B117188095BA46A7BFD933B56CE81854"/>
+            <w:docPart w:val="6ACE1E6DDF224CAB9B278D4D0A86A29F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:date>
+          <w:date w:fullDate="1974-10-01T00:00:00Z">
             <w:dateFormat w:val="dd-MM-yyyy"/>
             <w:lid w:val="nl-NL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B55174" w:rsidRPr="0078259F">
+          <w:r w:rsidRPr="00733C73">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik hier als u een datum wilt invoeren.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002D062A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009957A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Datum:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009957A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="528146346"/>
+          <w:placeholder>
+            <w:docPart w:val="75701727A7FA48A887F3B5D1D0A26B91"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date w:fullDate="2025-07-21T00:00:00Z">
+            <w:dateFormat w:val="dd-MM-yyyy"/>
+            <w:lid w:val="nl-NL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00733C73">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik hier als u een datum wilt invoeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009957A3">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+      <w:r w:rsidR="002D062A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009957A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">Plaats: </w:t>
+      </w:r>
       <w:r w:rsidRPr="009957A3">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Datum:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="1018122439"/>
+          <w:id w:val="-1278562301"/>
           <w:placeholder>
-            <w:docPart w:val="129BC70800AF466A9992E0B2DC3D1EC8"/>
-[...95 lines deleted...]
-            <w:docPart w:val="E789E795C99C4D96AFD3AF8B0E056EEC"/>
+            <w:docPart w:val="C55AE981A4EB4A01941F7FD2EF6D0229"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B55174" w:rsidRPr="00835D5A">
+          <w:r w:rsidRPr="0078259F">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik hier als u tekst wilt invoeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009957A3">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009957A3">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5F0D4F" w14:textId="77777777" w:rsidR="00084FB7" w:rsidRPr="009957A3" w:rsidRDefault="00084FB7" w:rsidP="00084FB7">
+    <w:p w14:paraId="18089129" w14:textId="69D99218" w:rsidR="00DE19AF" w:rsidRDefault="00DE19AF" w:rsidP="00DE19AF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="3AD5B76E" w14:textId="77777777" w:rsidR="00084FB7" w:rsidRPr="009957A3" w:rsidRDefault="00084FB7" w:rsidP="00084FB7">
+      <w:r w:rsidRPr="009957A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Handtekening</w:t>
+      </w:r>
+      <w:r w:rsidR="00256DE3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20C24">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> naam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clië</w:t>
+      </w:r>
+      <w:r w:rsidR="002D062A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E95C6E" w14:textId="7828354F" w:rsidR="00DE19AF" w:rsidRPr="00E80E7B" w:rsidRDefault="00E80E7B" w:rsidP="00E80E7B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00944752">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Handtekening</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00256DE3" w:rsidRPr="00256DE3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> cliënt:  </w:t>
-[...9 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:t>Naam</w:t>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>O</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>f</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> diens wettelijke vertegenwoordiger*): </w:t>
-[...9 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:tab/>
+        <w:t>………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60DB8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:t>………….</w:t>
+      </w:r>
+      <w:r w:rsidR="00944752">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Naam wettelijke vertegenwoordiger:</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00256DE3" w:rsidRPr="00256DE3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:t>Indien wettelijk vertegenwoordiger aanwezig:</w:t>
+      </w:r>
+      <w:r w:rsidR="00256DE3" w:rsidRPr="00256DE3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00256DE3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00DE19AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:t>Handtekening</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Handtekening:</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:t xml:space="preserve"> en naam</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE19AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:t xml:space="preserve"> wettelijke vertegenwoordiger:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="27CA8F16" w14:textId="77777777" w:rsidR="009C1737" w:rsidRDefault="009C1737" w:rsidP="009C1737">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0927C5D8" w14:textId="77777777" w:rsidR="00DE19AF" w:rsidRDefault="00DE19AF" w:rsidP="00DE19AF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A8BD14F" w14:textId="774197A2" w:rsidR="00DE19AF" w:rsidRDefault="0002030A" w:rsidP="00DE19AF">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Naam:</w:t>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0039497A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0039497A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E53BA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0039497A" w:rsidRPr="0039497A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60DB8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>………….</w:t>
+      </w:r>
+      <w:r w:rsidR="0039497A" w:rsidRPr="0039497A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC6F71B" w14:textId="077468DD" w:rsidR="00CA16F4" w:rsidRDefault="00CA16F4" w:rsidP="00591AEC">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061AF9B1" w14:textId="2110BE59" w:rsidR="00CA16F4" w:rsidRPr="00591AEC" w:rsidRDefault="00CA16F4" w:rsidP="00CA16F4">
+      <w:pPr>
+        <w:pStyle w:val="Geenafstand"/>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00591AEC">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Het aanmeldformulier wordt alleen in behandeling genomen als het volledig is ingevuld en is ondertekend door de hulpvrager of diens wettelijk vertegenwoordiger.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591AEC">
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00591AEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00DC0DCA" w:rsidRPr="00591AEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00D722C2" w:rsidRPr="00591AEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kunt uw toestemming op elk moment intrekken door dit bij uw behandelaar of bij ons aanmeldpunt te melden. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E9AC86" w14:textId="300292B3" w:rsidR="00DE19AF" w:rsidRPr="00591AEC" w:rsidRDefault="00CA16F4" w:rsidP="00DE19AF">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="Default"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00DE19AF" w:rsidRPr="00591AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="632B5669" w14:textId="77777777" w:rsidR="009C1737" w:rsidRDefault="009C1737" w:rsidP="009C1737">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Dit formulier opsturen naar:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F8C6EF0" w14:textId="77777777" w:rsidR="00DE19AF" w:rsidRPr="00CA16F4" w:rsidRDefault="00DE19AF" w:rsidP="000E53BA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33046B0E" w14:textId="1EBDC3D2" w:rsidR="00DE19AF" w:rsidRPr="00CA16F4" w:rsidRDefault="00DE19AF" w:rsidP="00CA16F4">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA16F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aanmeldpunt LIB</w:t>
+      </w:r>
+      <w:r w:rsidR="000E53BA" w:rsidRPr="00CA16F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA16F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA16F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Monsterseweg 89</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA16F4" w:rsidRPr="00CA16F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA16F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2553RJ  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA16F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA16F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s-Gravenhage</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA16F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B7A785" w14:textId="02057A0B" w:rsidR="008D6206" w:rsidRPr="00CA16F4" w:rsidRDefault="00466288" w:rsidP="00384C3D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:i/>
-[...352 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00DE19AF" w:rsidRPr="00CA16F4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>AanmeldpuntLIB@parnassia.nl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:sectPr w:rsidR="008D6206" w:rsidRPr="00CA16F4">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:noEndnote/>
-      <w:docGrid w:linePitch="272"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D915342" w14:textId="77777777" w:rsidR="006444AD" w:rsidRDefault="006444AD" w:rsidP="00F44E65">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5824D1EB" w14:textId="77777777" w:rsidR="00282B50" w:rsidRDefault="00282B50" w:rsidP="00FE01CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73A117C8" w14:textId="77777777" w:rsidR="006444AD" w:rsidRDefault="006444AD" w:rsidP="00F44E65">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="71F27C04" w14:textId="77777777" w:rsidR="00282B50" w:rsidRDefault="00282B50" w:rsidP="00FE01CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="74A21104" w14:textId="77777777" w:rsidR="00282B50" w:rsidRDefault="00282B50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS PGothic">
+    <w:panose1 w:val="020B0600070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27C2DBC2" w14:textId="77777777" w:rsidR="006444AD" w:rsidRDefault="006444AD" w:rsidP="00F44E65">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="008B7C8F" w14:textId="77777777" w:rsidR="00282B50" w:rsidRDefault="00282B50" w:rsidP="00FE01CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2700B287" w14:textId="77777777" w:rsidR="006444AD" w:rsidRDefault="006444AD" w:rsidP="00F44E65">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="704C04DE" w14:textId="77777777" w:rsidR="00282B50" w:rsidRDefault="00282B50" w:rsidP="00FE01CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="1DECC29B" w14:textId="77777777" w:rsidR="00282B50" w:rsidRDefault="00282B50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="73E38796" w14:textId="14B37D60" w:rsidR="00FE01CA" w:rsidRDefault="00FE01CA">
+    <w:pPr>
+      <w:pStyle w:val="Koptekst"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="nl-NL"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="44DD856C" wp14:editId="7FF34B8D">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>5509895</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>248920</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1800225" cy="647700"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="2" name="Afbeelding 2"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name=""/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1800225" cy="647700"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <int2:observations>
+    <int2:textHash int2:hashCode="GfySorkhGBhhsr" int2:id="sf2wAQGW">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
+</int2:intelligence>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A5A27DA"/>
+    <w:nsid w:val="06A068CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2D9AF492"/>
-[...1 lines deleted...]
-      <w:start w:val="3"/>
+    <w:tmpl w:val="49D847A4"/>
+    <w:lvl w:ilvl="0" w:tplc="DD32433E">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04130019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1505" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0413001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="2225" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0413000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2945" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3665" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4385" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0413000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5825" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6545" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1E8B62BF"/>
+    <w:nsid w:val="4A5F4FEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3CB431E0"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="0DE2F3CE"/>
+    <w:lvl w:ilvl="0" w:tplc="4D7292EC">
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0413000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0413000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2C920A70"/>
+    <w:nsid w:val="4B786C6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="564C0422"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="A8A41244"/>
+    <w:lvl w:ilvl="0" w:tplc="0604397C">
+      <w:start w:val="13"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1145" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1865" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="2585" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0413000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="3305" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="4025" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4745" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0413000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5465" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="6185" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6905" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="579549B1"/>
+    <w:nsid w:val="57D71E62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A844C2D2"/>
-    <w:lvl w:ilvl="0" w:tplc="831EBCA2">
+    <w:tmpl w:val="2E7E076A"/>
+    <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="□"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="136" w:hanging="257"/>
-[...29 lines deleted...]
-        <w:ind w:left="2017" w:hanging="257"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B7E67D58">
+    <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2933" w:hanging="257"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F4B8CB0C">
+    <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3849" w:hanging="257"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FECA3DC2">
+    <w:lvl w:ilvl="4" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4765" w:hanging="257"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85103164">
+    <w:lvl w:ilvl="5" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5681" w:hanging="257"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2130BB2E">
+    <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6598" w:hanging="257"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="744AD50E">
+    <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61293F1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3508CCC2"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B4A24E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C8E8852"/>
     <w:lvl w:ilvl="0" w:tplc="54F8040C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -7918,2173 +10424,379 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1112936565">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="582950743">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="733822927">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="4" w16cid:durableId="1652758210">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
-[...2 lines deleted...]
-  <w:num w:numId="4">
+  <w:num w:numId="5" w16cid:durableId="554507879">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="6" w16cid:durableId="1504856235">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BE54CA"/>
-[...142 lines deleted...]
-    <w:rsid w:val="00FE7637"/>
+    <w:rsidRoot w:val="00FE01CA"/>
+    <w:rsid w:val="0002030A"/>
+    <w:rsid w:val="00043171"/>
+    <w:rsid w:val="000A162C"/>
+    <w:rsid w:val="000B54AF"/>
+    <w:rsid w:val="000C566E"/>
+    <w:rsid w:val="000C5F52"/>
+    <w:rsid w:val="000E53BA"/>
+    <w:rsid w:val="000F5414"/>
+    <w:rsid w:val="00111680"/>
+    <w:rsid w:val="0012136E"/>
+    <w:rsid w:val="00125F3C"/>
+    <w:rsid w:val="00150353"/>
+    <w:rsid w:val="00156D5C"/>
+    <w:rsid w:val="0015733B"/>
+    <w:rsid w:val="00173CA2"/>
+    <w:rsid w:val="00183E67"/>
+    <w:rsid w:val="001868FA"/>
+    <w:rsid w:val="001A36ED"/>
+    <w:rsid w:val="001D5557"/>
+    <w:rsid w:val="0020289A"/>
+    <w:rsid w:val="00211BAF"/>
+    <w:rsid w:val="00234D02"/>
+    <w:rsid w:val="002371E2"/>
+    <w:rsid w:val="00242E7F"/>
+    <w:rsid w:val="00244B94"/>
+    <w:rsid w:val="00246DE5"/>
+    <w:rsid w:val="00256DE3"/>
+    <w:rsid w:val="00274834"/>
+    <w:rsid w:val="002758D7"/>
+    <w:rsid w:val="00282B50"/>
+    <w:rsid w:val="002A1081"/>
+    <w:rsid w:val="002A4124"/>
+    <w:rsid w:val="002A6D7B"/>
+    <w:rsid w:val="002C1C77"/>
+    <w:rsid w:val="002C4F9E"/>
+    <w:rsid w:val="002C694D"/>
+    <w:rsid w:val="002D062A"/>
+    <w:rsid w:val="003043DA"/>
+    <w:rsid w:val="003134F2"/>
+    <w:rsid w:val="0032348B"/>
+    <w:rsid w:val="00335A72"/>
+    <w:rsid w:val="00384C3D"/>
+    <w:rsid w:val="00385CBF"/>
+    <w:rsid w:val="00390933"/>
+    <w:rsid w:val="003944FC"/>
+    <w:rsid w:val="0039497A"/>
+    <w:rsid w:val="0039771F"/>
+    <w:rsid w:val="003A6A3E"/>
+    <w:rsid w:val="003C0B43"/>
+    <w:rsid w:val="003C4B29"/>
+    <w:rsid w:val="00406A69"/>
+    <w:rsid w:val="0041462B"/>
+    <w:rsid w:val="0042037F"/>
+    <w:rsid w:val="004249F7"/>
+    <w:rsid w:val="004479AC"/>
+    <w:rsid w:val="00450421"/>
+    <w:rsid w:val="004520D0"/>
+    <w:rsid w:val="00466288"/>
+    <w:rsid w:val="004B5ABD"/>
+    <w:rsid w:val="004E2A13"/>
+    <w:rsid w:val="004F3062"/>
+    <w:rsid w:val="005065FE"/>
+    <w:rsid w:val="00524937"/>
+    <w:rsid w:val="00533DCA"/>
+    <w:rsid w:val="0054355E"/>
+    <w:rsid w:val="005540F4"/>
+    <w:rsid w:val="005743FE"/>
+    <w:rsid w:val="005765F1"/>
+    <w:rsid w:val="0058344D"/>
+    <w:rsid w:val="00587F1B"/>
+    <w:rsid w:val="00591AEC"/>
+    <w:rsid w:val="005929E9"/>
+    <w:rsid w:val="00594922"/>
+    <w:rsid w:val="005A6959"/>
+    <w:rsid w:val="005A7C84"/>
+    <w:rsid w:val="005B4CBF"/>
+    <w:rsid w:val="005F3239"/>
+    <w:rsid w:val="00604915"/>
+    <w:rsid w:val="00605B8E"/>
+    <w:rsid w:val="00616125"/>
+    <w:rsid w:val="006408BD"/>
+    <w:rsid w:val="006641D5"/>
+    <w:rsid w:val="006D132F"/>
+    <w:rsid w:val="006D6A70"/>
+    <w:rsid w:val="00705A59"/>
+    <w:rsid w:val="00726773"/>
+    <w:rsid w:val="00727EF5"/>
+    <w:rsid w:val="00730CB1"/>
+    <w:rsid w:val="007328BB"/>
+    <w:rsid w:val="00747771"/>
+    <w:rsid w:val="007478A3"/>
+    <w:rsid w:val="00751732"/>
+    <w:rsid w:val="0075257C"/>
+    <w:rsid w:val="00792459"/>
+    <w:rsid w:val="007B0831"/>
+    <w:rsid w:val="007B1DF3"/>
+    <w:rsid w:val="007C278C"/>
+    <w:rsid w:val="007C3E16"/>
+    <w:rsid w:val="007D297A"/>
+    <w:rsid w:val="0080084E"/>
+    <w:rsid w:val="008008FF"/>
+    <w:rsid w:val="0080435C"/>
+    <w:rsid w:val="00812AF3"/>
+    <w:rsid w:val="0081717E"/>
+    <w:rsid w:val="00823C89"/>
+    <w:rsid w:val="008327F5"/>
+    <w:rsid w:val="00833568"/>
+    <w:rsid w:val="00847929"/>
+    <w:rsid w:val="0085362B"/>
+    <w:rsid w:val="008579E5"/>
+    <w:rsid w:val="008601E3"/>
+    <w:rsid w:val="00880F3E"/>
+    <w:rsid w:val="008B7283"/>
+    <w:rsid w:val="008C6A08"/>
+    <w:rsid w:val="008C6B70"/>
+    <w:rsid w:val="008D6206"/>
+    <w:rsid w:val="008E67DA"/>
+    <w:rsid w:val="009077C6"/>
+    <w:rsid w:val="00911067"/>
+    <w:rsid w:val="009134E1"/>
+    <w:rsid w:val="00930F25"/>
+    <w:rsid w:val="00937215"/>
+    <w:rsid w:val="00944752"/>
+    <w:rsid w:val="009471B1"/>
+    <w:rsid w:val="00950416"/>
+    <w:rsid w:val="009664A3"/>
+    <w:rsid w:val="00977926"/>
+    <w:rsid w:val="00977C2B"/>
+    <w:rsid w:val="00985BD8"/>
+    <w:rsid w:val="00986E8D"/>
+    <w:rsid w:val="0099621D"/>
+    <w:rsid w:val="00997DF1"/>
+    <w:rsid w:val="009A450D"/>
+    <w:rsid w:val="009B7CA8"/>
+    <w:rsid w:val="009D0634"/>
+    <w:rsid w:val="009F5763"/>
+    <w:rsid w:val="00A04D5B"/>
+    <w:rsid w:val="00A276F4"/>
+    <w:rsid w:val="00A35627"/>
+    <w:rsid w:val="00A4364D"/>
+    <w:rsid w:val="00A65CFE"/>
+    <w:rsid w:val="00A81656"/>
+    <w:rsid w:val="00A8170B"/>
+    <w:rsid w:val="00A8631C"/>
+    <w:rsid w:val="00A92D52"/>
+    <w:rsid w:val="00AD0EE0"/>
+    <w:rsid w:val="00AD14D6"/>
+    <w:rsid w:val="00AE4D43"/>
+    <w:rsid w:val="00B100C2"/>
+    <w:rsid w:val="00B1623F"/>
+    <w:rsid w:val="00B3106B"/>
+    <w:rsid w:val="00B47C38"/>
+    <w:rsid w:val="00B7107F"/>
+    <w:rsid w:val="00B840F2"/>
+    <w:rsid w:val="00BB4C6F"/>
+    <w:rsid w:val="00BC44FF"/>
+    <w:rsid w:val="00BD4B7D"/>
+    <w:rsid w:val="00BF5398"/>
+    <w:rsid w:val="00C06DC8"/>
+    <w:rsid w:val="00C20C24"/>
+    <w:rsid w:val="00C36570"/>
+    <w:rsid w:val="00C60DB8"/>
+    <w:rsid w:val="00C6361C"/>
+    <w:rsid w:val="00C679F0"/>
+    <w:rsid w:val="00C95A2C"/>
+    <w:rsid w:val="00CA16F4"/>
+    <w:rsid w:val="00CB13EC"/>
+    <w:rsid w:val="00CB5129"/>
+    <w:rsid w:val="00CC5F22"/>
+    <w:rsid w:val="00CD5F18"/>
+    <w:rsid w:val="00CE4949"/>
+    <w:rsid w:val="00CF7D4A"/>
+    <w:rsid w:val="00D05E67"/>
+    <w:rsid w:val="00D12953"/>
+    <w:rsid w:val="00D15E38"/>
+    <w:rsid w:val="00D31DDA"/>
+    <w:rsid w:val="00D352C5"/>
+    <w:rsid w:val="00D6639A"/>
+    <w:rsid w:val="00D71D5F"/>
+    <w:rsid w:val="00D722C2"/>
+    <w:rsid w:val="00D83D5B"/>
+    <w:rsid w:val="00D9155B"/>
+    <w:rsid w:val="00DC0DCA"/>
+    <w:rsid w:val="00DC322B"/>
+    <w:rsid w:val="00DE19AF"/>
+    <w:rsid w:val="00E01DDE"/>
+    <w:rsid w:val="00E147FF"/>
+    <w:rsid w:val="00E220E5"/>
+    <w:rsid w:val="00E27FD9"/>
+    <w:rsid w:val="00E5251B"/>
+    <w:rsid w:val="00E61412"/>
+    <w:rsid w:val="00E614BF"/>
+    <w:rsid w:val="00E74A36"/>
+    <w:rsid w:val="00E80E7B"/>
+    <w:rsid w:val="00E83373"/>
+    <w:rsid w:val="00E94710"/>
+    <w:rsid w:val="00EA25CC"/>
+    <w:rsid w:val="00EA3518"/>
+    <w:rsid w:val="00EB6B3C"/>
+    <w:rsid w:val="00EB79D1"/>
+    <w:rsid w:val="00EE5FB4"/>
+    <w:rsid w:val="00EF5958"/>
+    <w:rsid w:val="00F20FE7"/>
+    <w:rsid w:val="00F2301A"/>
+    <w:rsid w:val="00F36D6E"/>
+    <w:rsid w:val="00F80086"/>
+    <w:rsid w:val="00F91197"/>
+    <w:rsid w:val="00FC0C92"/>
+    <w:rsid w:val="00FC3B9A"/>
+    <w:rsid w:val="00FD66CF"/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rsid w:val="00FF15D0"/>
+    <w:rsid w:val="00FF6E44"/>
+    <w:rsid w:val="02E30612"/>
+    <w:rsid w:val="06B8DD02"/>
+    <w:rsid w:val="06C7E1D3"/>
+    <w:rsid w:val="103C957B"/>
+    <w:rsid w:val="170A579C"/>
+    <w:rsid w:val="1C126101"/>
+    <w:rsid w:val="230552C1"/>
+    <w:rsid w:val="2A1C1CFB"/>
+    <w:rsid w:val="2F61D52D"/>
+    <w:rsid w:val="36E8EB70"/>
+    <w:rsid w:val="3C9D1669"/>
+    <w:rsid w:val="3E43870A"/>
+    <w:rsid w:val="439AE924"/>
+    <w:rsid w:val="5C001A43"/>
+    <w:rsid w:val="5D08DB3C"/>
+    <w:rsid w:val="614D140A"/>
+    <w:rsid w:val="634B8B3F"/>
+    <w:rsid w:val="67B0FFD3"/>
+    <w:rsid w:val="708178D6"/>
+    <w:rsid w:val="74F7ADD9"/>
+    <w:rsid w:val="775C79BD"/>
+    <w:rsid w:val="7B58AE34"/>
+    <w:rsid w:val="7D9DDF45"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="nl-NL"/>
+  <w:themeFontLang w:val="nl-NL" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0008FB5F"/>
-  <w15:docId w15:val="{337B3129-3905-4CB9-9F48-76969A7DB0BB}"/>
+  <w14:docId w14:val="6F0964A4"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{162ECDFC-3872-4546-9486-390DCC6CE1FE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...1889 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10425,489 +11137,4607 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00A4364D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
+    <w:name w:val="Kop 1 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
+    <w:name w:val="Kop 2 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
+    <w:name w:val="Kop 3 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop4Char">
+    <w:name w:val="Kop 4 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop5Char">
+    <w:name w:val="Kop 5 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop6Char">
+    <w:name w:val="Kop 6 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop7Char">
+    <w:name w:val="Kop 7 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop8Char">
+    <w:name w:val="Kop 8 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop9Char">
+    <w:name w:val="Kop 9 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titel">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="TitelChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
+    <w:name w:val="Titel Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Titel"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ondertitel">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="OndertitelChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OndertitelChar">
+    <w:name w:val="Ondertitel Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Ondertitel"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citaat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="CitaatChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaatChar">
+    <w:name w:val="Citaat Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Citaat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lijstalinea">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Intensievebenadrukking">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Duidelijkcitaat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="DuidelijkcitaatChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DuidelijkcitaatChar">
+    <w:name w:val="Duidelijk citaat Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Duidelijkcitaat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Intensieveverwijzing">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Koptekst">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="KoptekstChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar">
+    <w:name w:val="Koptekst Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Koptekst"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FE01CA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Voettekst">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="VoettekstChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VoettekstChar">
+    <w:name w:val="Voettekst Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Voettekst"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FE01CA"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Tekstvantijdelijkeaanduiding">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabelraster">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standaardtabel"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Geenafstand">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE01CA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00DE19AF"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DE19AF"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:rsid w:val="00D722C2"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="925111413">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1374815292">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="817647150">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="699430790">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2124030396">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="297609143">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1772553874">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="789512824">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1013531400">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="888491569">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="787046805">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1384871845">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1360856240">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1170608260">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="279188520">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2018921577">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="460421485">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="55396651">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1862746624">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="677120584">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="260603203">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1889493569">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1934043615">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2033602746">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2076390293">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1725523085">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="431243608">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="140466269">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="402918538">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="989865335">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="168908144">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1357081890">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1333338140">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1254122258">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1256478241">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="394663344">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1478719874">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="728460120">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2134442475">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1720470632">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="826896781">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="965357036">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1486900724">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="480730335">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1502741962">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="290329903">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1978755984">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1323510182">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1124428746">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1630894491">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1201816473">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1179003378">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1401094436">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1776712895">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="780419509">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1456748976">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1626959632">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="419259769">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="943266238">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="906300264">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1725831501">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1330131294">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="673142559">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="668681094">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2066710478">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1333534829">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2126848842">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="333655466">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="416512779">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="439111719">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1742366998">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1532375165">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="454836901">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2143570090">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1348873125">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="716010988">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1267884040">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1344745665">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="357968404">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="673386335">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1637948219">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1471289664">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="716587488">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1453551270">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="696465404">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1690790028">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="221140570">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="361251658">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1796944673">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="279920803">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="201746957">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1205290667">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1338339798">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1102452852">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="440614201">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1342318259">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="654065897">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1126704063">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="846486659">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2075003022">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1664821597">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="907423435">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="816067776">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="467092442">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="896942042">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="409235327">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="788472985">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1004163349">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="381563956">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="373165463">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="863252661">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1682003965">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1560751820">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1889416748">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1317300859">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1347438642">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1043291392">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="436759451">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1328901263">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1701735023">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="893080334">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1474718525">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1317760570">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1868524567">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1474908553">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1655715542">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1878858551">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="360789709">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="873733726">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="689792545">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1335457421">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="415519705">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1544247114">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="612322775">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="541868929">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1267806699">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="218518112">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1001351973">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="617301755">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1002466779">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1516916138">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="885602787">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1345354115">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="154730688">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="550965822">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1051660623">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="537470965">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1827938717">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1165703585">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1977371868">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1597588972">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1912423141">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2081513882">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="430782811">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1566835709">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1695424510">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2114085331">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="115487037">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1693265398">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="320352212">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1993873402">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1571770734">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="642736485">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1693342357">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="4141382">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2134709149">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="80102162">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1934506692">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="586572631">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="311371436">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="749691259">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="676619752">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1142817328">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1560246726">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1217356957">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1943955582">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="354233941">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2135052784">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="349259184">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1982616829">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2103640386">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="384718694">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1614173349">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1405756568">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="312494366">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1470515869">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="212235171">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="323820139">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1975601819">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1637641163">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="486409219">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="966279133">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1765302751">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2109422552">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1354962790">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1378509790">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1237279611">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="935401719">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="718474709">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="100882583">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="164632147">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="894438618">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1654722884">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2129158070">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1874071869">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2005165059">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="264120986">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1542981312">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1389643208">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1766729302">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1798836338">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="632441894">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="175390956">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2080512649">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1601329711">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="879896127">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1626814956">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1296642321">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1374497583">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="661933253">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1988315684">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="781415438">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AanmeldpuntLIB@parnassia.nl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EDFB935B-C6EF-497A-BCBF-94BFB7EF2F9B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BC44FF" w:rsidRDefault="00BC44FF">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik of tik om tekst in te voeren.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013438"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{42049B8C-5D24-41CE-82DE-73DE103B99D4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BC44FF" w:rsidRDefault="00BC44FF">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Kies een item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AE58CD09E99C4A7094B683D04189E660"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B8D4F657-78CF-4C56-81D6-8A850F6A71A5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BC44FF" w:rsidRDefault="00BC44FF" w:rsidP="00BC44FF">
+          <w:pPr>
+            <w:pStyle w:val="AE58CD09E99C4A7094B683D04189E660"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Kies een item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ABC1283B0B264476B9D13B3B9F534970"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5B40717A-4943-47F5-83A8-F7DA249E1C68}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BC44FF" w:rsidRDefault="00BC44FF" w:rsidP="00BC44FF">
+          <w:pPr>
+            <w:pStyle w:val="ABC1283B0B264476B9D13B3B9F534970"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik of tik om tekst in te voeren.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0C988ADDE9994A36B3E83BF8C2A4787A"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9D844790-61DC-49BF-B2F1-108002F5F680}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BC44FF" w:rsidRDefault="00BC44FF" w:rsidP="00BC44FF">
+          <w:pPr>
+            <w:pStyle w:val="0C988ADDE9994A36B3E83BF8C2A4787A"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00754E16">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik of tik om tekst in te voeren.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="92AF2D033ABA4C5B855AD9344F616F61"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9A9ECB84-E8F0-4E30-9ECE-66977CB0BBF2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00076702" w:rsidRDefault="002D6DBE" w:rsidP="002D6DBE">
+          <w:pPr>
+            <w:pStyle w:val="92AF2D033ABA4C5B855AD9344F616F61"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0078259F">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik hier als u tekst wilt invoeren.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AD191E747D9E4DC5854961F74DA0E1FD"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{709464E9-06EB-433F-ABD6-05357A51D954}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00076702" w:rsidRDefault="002D6DBE" w:rsidP="002D6DBE">
+          <w:pPr>
+            <w:pStyle w:val="AD191E747D9E4DC5854961F74DA0E1FD"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0078259F">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik hier als u tekst wilt invoeren.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="30A527AD03B84429A7826524A6099A85"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BE78BBDD-5341-4AE7-A8EF-2E4A1CDC6E14}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00076702" w:rsidRDefault="002D6DBE" w:rsidP="002D6DBE">
+          <w:pPr>
+            <w:pStyle w:val="30A527AD03B84429A7826524A6099A85"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0078259F">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik hier als u tekst wilt invoeren.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6ACE1E6DDF224CAB9B278D4D0A86A29F"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{57A9FED0-254F-4F21-972B-C361168AEC1F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00076702" w:rsidRDefault="002D6DBE" w:rsidP="002D6DBE">
+          <w:pPr>
+            <w:pStyle w:val="6ACE1E6DDF224CAB9B278D4D0A86A29F"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00733C73">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik hier als u een datum wilt invoeren.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="75701727A7FA48A887F3B5D1D0A26B91"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{588F1650-18D6-4937-B148-202E56A6311A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00076702" w:rsidRDefault="002D6DBE" w:rsidP="002D6DBE">
+          <w:pPr>
+            <w:pStyle w:val="75701727A7FA48A887F3B5D1D0A26B91"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00733C73">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik hier als u een datum wilt invoeren.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C55AE981A4EB4A01941F7FD2EF6D0229"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A4B535B4-0DA0-4E06-86F7-DC336AD450B8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00076702" w:rsidRDefault="002D6DBE" w:rsidP="002D6DBE">
+          <w:pPr>
+            <w:pStyle w:val="C55AE981A4EB4A01941F7FD2EF6D0229"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0078259F">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik hier als u tekst wilt invoeren.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013437"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5693F8E0-2196-4E51-9FB4-6CD237F05A1D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006F63BE" w:rsidRDefault="006F63BE">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="004508BC">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+            </w:rPr>
+            <w:t>Klik of tik om een datum in te voeren.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS PGothic">
+    <w:panose1 w:val="020B0600070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00BC44FF"/>
+    <w:rsid w:val="00076702"/>
+    <w:rsid w:val="001D5557"/>
+    <w:rsid w:val="002C694D"/>
+    <w:rsid w:val="002D6DBE"/>
+    <w:rsid w:val="0032348B"/>
+    <w:rsid w:val="0042037F"/>
+    <w:rsid w:val="00594922"/>
+    <w:rsid w:val="005A6959"/>
+    <w:rsid w:val="006D132F"/>
+    <w:rsid w:val="006F63BE"/>
+    <w:rsid w:val="00751732"/>
+    <w:rsid w:val="009134E1"/>
+    <w:rsid w:val="00A92D52"/>
+    <w:rsid w:val="00BC44FF"/>
+    <w:rsid w:val="00C36570"/>
+    <w:rsid w:val="00C3696B"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="nl-NL" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Tekstvantijdelijkeaanduiding">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0033269C"/>
+    <w:rsid w:val="006F63BE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DF57B41CB57489FAB5D549187D2D8EF1">
-[...1 lines deleted...]
-    <w:rsid w:val="0033269C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="92AF2D033ABA4C5B855AD9344F616F61">
+    <w:name w:val="92AF2D033ABA4C5B855AD9344F616F61"/>
+    <w:rsid w:val="002D6DBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD191E747D9E4DC5854961F74DA0E1FD">
+    <w:name w:val="AD191E747D9E4DC5854961F74DA0E1FD"/>
+    <w:rsid w:val="002D6DBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE58CD09E99C4A7094B683D04189E660">
+    <w:name w:val="AE58CD09E99C4A7094B683D04189E660"/>
+    <w:rsid w:val="00BC44FF"/>
     <w:pPr>
-      <w:spacing w:after="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:sz w:val="20"/>
+      <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="816D133EBD8D4DB898F2B7CED48E0B334">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABC1283B0B264476B9D13B3B9F534970">
+    <w:name w:val="ABC1283B0B264476B9D13B3B9F534970"/>
+    <w:rsid w:val="00BC44FF"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="659F17795C3748CF9CFB024FB4FD67974">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0C988ADDE9994A36B3E83BF8C2A4787A">
+    <w:name w:val="0C988ADDE9994A36B3E83BF8C2A4787A"/>
+    <w:rsid w:val="00BC44FF"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8D3D7B2CDF054D47A508C015A2125F214">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30A527AD03B84429A7826524A6099A85">
+    <w:name w:val="30A527AD03B84429A7826524A6099A85"/>
+    <w:rsid w:val="002D6DBE"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22523A5B35634DB782276A49AF5B7E3E4">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6ACE1E6DDF224CAB9B278D4D0A86A29F">
+    <w:name w:val="6ACE1E6DDF224CAB9B278D4D0A86A29F"/>
+    <w:rsid w:val="002D6DBE"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="644D0FF1A1964CA8937E701814A4DD954">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75701727A7FA48A887F3B5D1D0A26B91">
+    <w:name w:val="75701727A7FA48A887F3B5D1D0A26B91"/>
+    <w:rsid w:val="002D6DBE"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BBF083B2E80C49C993E0873089C880E44">
-[...327 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C55AE981A4EB4A01941F7FD2EF6D0229">
+    <w:name w:val="C55AE981A4EB4A01941F7FD2EF6D0229"/>
+    <w:rsid w:val="002D6DBE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -10916,94 +15746,94 @@
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Kantoor">
+    <a:fontScheme name="Kantoor - klassiek 2">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-[...5 lines deleted...]
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="굴림"/>
+        <a:font script="Hans" typeface="黑体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
-        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="굴림"/>
+        <a:font script="Hans" typeface="黑体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
@@ -11160,88 +15990,416 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=word/webextensions/_rels/taskpanes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextension" Target="webextension1.xml"/></Relationships>
+</file>
+
+<file path=word/webextensions/taskpanes.xml><?xml version="1.0" encoding="utf-8"?>
+<wetp:taskpanes xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11">
+  <wetp:taskpane dockstate="right" visibility="0" width="350" row="1">
+    <wetp:webextensionref xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+  </wetp:taskpane>
+</wetp:taskpanes>
+</file>
+
+<file path=word/webextensions/webextension1.xml><?xml version="1.0" encoding="utf-8"?>
+<we:webextension xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" id="{649DC1CB-BE4F-4F3A-BA91-4F720AE43FC1}">
+  <we:reference id="f12c312d-282a-4734-8843-05515fdfef0d" version="4.0.0.15" store="EXCatalog" storeType="EXCatalog"/>
+  <we:alternateReferences/>
+  <we:properties/>
+  <we:bindings/>
+  <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+</we:webextension>
+</file>
+
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A3C6B552E0CF4842BD7056DFDD2AE305" ma:contentTypeVersion="11" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="c9ec1eff1f7e6a34adf402bd3f2acc7e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6bc38536-1e7a-4ef6-ab3e-89939888e20d" xmlns:ns3="80e7bd3e-1d3d-4b85-9e62-8ee92e22ddfb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="05e5f1a222581b4cf9fd036493d0455d" ns2:_="" ns3:_="">
+    <xsd:import namespace="6bc38536-1e7a-4ef6-ab3e-89939888e20d"/>
+    <xsd:import namespace="80e7bd3e-1d3d-4b85-9e62-8ee92e22ddfb"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6bc38536-1e7a-4ef6-ab3e-89939888e20d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="203a4347-590c-4d37-a80d-b553533d03f4" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="80e7bd3e-1d3d-4b85-9e62-8ee92e22ddfb" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{31469437-f638-4b1b-b285-9dc7771bc0b1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="80e7bd3e-1d3d-4b85-9e62-8ee92e22ddfb">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASeventhEdition.xsl" StyleName="APA" Version="7"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6bc38536-1e7a-4ef6-ab3e-89939888e20d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="80e7bd3e-1d3d-4b85-9e62-8ee92e22ddfb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E210A6A6-AE07-4BB2-8356-3AF7BF46D78D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EAB36FB-8DE7-4F45-A03F-CC9D35283511}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9940ACF-9351-4FCE-9319-63053F38D61B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6bc38536-1e7a-4ef6-ab3e-89939888e20d"/>
+    <ds:schemaRef ds:uri="80e7bd3e-1d3d-4b85-9e62-8ee92e22ddfb"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D30DAD8B-6C08-4A3A-AAA2-F0469D4C69D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4B2EB03-D620-47E7-97F4-05B82D402906}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="6bc38536-1e7a-4ef6-ab3e-89939888e20d"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="80e7bd3e-1d3d-4b85-9e62-8ee92e22ddfb"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4040</Characters>
+  <Pages>8</Pages>
+  <Words>1292</Words>
+  <Characters>7111</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Leger des Heils</Company>
+  <Company>Parnassia Groep</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4765</CharactersWithSpaces>
+  <CharactersWithSpaces>8387</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>1245221</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:AanmeldpuntLIB@parnassia.nl</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>01216930</dc:creator>
+  <dc:subject/>
+  <dc:creator>Fleur Vaanholt</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100A3C6B552E0CF4842BD7056DFDD2AE305</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>